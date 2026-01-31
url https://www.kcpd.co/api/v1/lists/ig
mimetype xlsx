--- v0 (2025-12-06)
+++ v1 (2026-01-31)
@@ -8,51 +8,51 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr date1904="1" defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="IG Certs" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1220" uniqueCount="332">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1220" uniqueCount="331">
   <si>
     <t>Keystone Certified IG (ASTM E2190 and CGSB 12.8) Manufacturers</t>
   </si>
   <si>
     <t>Company</t>
   </si>
   <si>
     <t>IG Cert ID</t>
   </si>
   <si>
     <t>Spacer Description</t>
   </si>
   <si>
     <t>Desiccant</t>
   </si>
   <si>
     <t>Primary Seal</t>
   </si>
   <si>
     <t>Secondary Seal</t>
   </si>
   <si>
     <t>Low-E</t>
   </si>
   <si>
@@ -154,91 +154,112 @@
   <si>
     <t>HB Fuller Isomelt DM15</t>
   </si>
   <si>
     <t>HBFuller HL-5160 Hotmelt Butyl</t>
   </si>
   <si>
     <t xml:space="preserve">Softcoat Edge Deleted </t>
   </si>
   <si>
     <t>Triple</t>
   </si>
   <si>
     <t>Sensed SP</t>
   </si>
   <si>
     <t>IG-576-02</t>
   </si>
   <si>
     <t>Quanex Superspacer Prem Silicone Foam</t>
   </si>
   <si>
     <t>Sensed DP</t>
   </si>
   <si>
+    <t xml:space="preserve">Agostinis Vetro SRL
+Via Tre Croci, 1
+Zuglio, Udine Italy 33020
++39 433 927111</t>
+  </si>
+  <si>
+    <t>IG-1659-01</t>
+  </si>
+  <si>
+    <t>Thermix TX Pro</t>
+  </si>
+  <si>
+    <t>Grace Bead Phonosorb 551 3A 0.5 - 0.9 mm</t>
+  </si>
+  <si>
+    <t>Fenzi Butylver PIB</t>
+  </si>
+  <si>
+    <t>Fenzi Thiover Polysulfide 2 Part</t>
+  </si>
+  <si>
+    <t>Softcoat Edge Deleted</t>
+  </si>
+  <si>
     <t xml:space="preserve">American Window and Glass
 2715 Lynch Road
 Evansville, IN USA 47711
 www.americanwindowandglass.com
 812-464-9400</t>
   </si>
   <si>
     <t>IG-133-01</t>
   </si>
   <si>
     <t>Quanex Superspacer Std Organic Foam</t>
   </si>
   <si>
     <t>Quanex Edgetherm 3500 Hotmelt Butyl</t>
   </si>
   <si>
     <t>IG-133-02</t>
   </si>
   <si>
     <t xml:space="preserve">Apex Glass Replacement
 111 East Marquardt Drive
 Wheeling, IL USA 60090
 847-557-9600</t>
   </si>
   <si>
     <t>IG-1397-02</t>
   </si>
   <si>
     <t>Aluminum Box</t>
   </si>
   <si>
     <t>Purex 3A Molecular Sieve 1.0-1.9 mm</t>
   </si>
   <si>
     <t>Tremco EnerSeal JS680 Polyisobutylene</t>
   </si>
   <si>
     <t>TremcoEnerSEAL 340R Polyurethane</t>
-  </si>
-[...1 lines deleted...]
-    <t>Softcoat Edge Deleted</t>
   </si>
   <si>
     <t xml:space="preserve">BMD Window
 1600 North Jackson Avenue
 Kansas City, MO USA 64120
 www.alliancewindowskc.com
 800-466-0826
 816-842-5808</t>
   </si>
   <si>
     <t>IG-115-01</t>
   </si>
   <si>
     <t>Quanex Duralite Polycarbonate-Butyl</t>
   </si>
   <si>
     <t xml:space="preserve">Canada Windows &amp; Doors
 119 Consumers Drive
 Whitby, ON Canada L1N 1C4
 www.canadawindowsanddoors.com
 905-665-1506</t>
   </si>
   <si>
     <t>IG-487-02</t>
   </si>
@@ -253,105 +274,85 @@
 6676 Lance Drive
 Riverside, CA USA 92507
 www.championwindows.biz
 951-784-8766</t>
   </si>
   <si>
     <t>IG-1136-04</t>
   </si>
   <si>
     <t>Sensor</t>
   </si>
   <si>
     <t>IG-1136-05</t>
   </si>
   <si>
     <t xml:space="preserve">Contour Windows
 2211 Auburn Rd
 Auburn Hills, MI USA 48326
 www.contourwindows.com
 248-482-2473</t>
   </si>
   <si>
     <t>IG-1276-01</t>
   </si>
   <si>
-    <t xml:space="preserve">Control Glass, A&amp;S, S.L.
-[...18 lines deleted...]
-  <si>
     <t xml:space="preserve">CRYSTALS VASILEIOU SA (VASGLASS)
 28th Octovriou St.
 Vasiliko, Chalkida, Greece Greece 34002
 www.vasglass.com
 30 2221052607</t>
   </si>
   <si>
     <t>IG-1120-02</t>
   </si>
   <si>
-    <t>Grace Bead Phonosorb 551 3A 0.5 - 0.9 mm</t>
-[...1 lines deleted...]
-  <si>
     <t>Kommerling GD 115 PIB</t>
   </si>
   <si>
     <t>Sikasil SG-500 Two Part Silicone</t>
   </si>
   <si>
     <t>IG-1120-03</t>
   </si>
   <si>
     <t>Kommerling GD 116A Polysulfide</t>
   </si>
   <si>
     <t>IG-1120-05</t>
   </si>
   <si>
     <t>TGI-Spacer M w/ wire</t>
   </si>
   <si>
     <t>IG-1120-09</t>
   </si>
   <si>
     <t>SWISSPACER Advance</t>
+  </si>
+  <si>
+    <t>NA</t>
   </si>
   <si>
     <t>IG-1120-10</t>
   </si>
   <si>
     <t>Kommerling GD 116 Polysulfide</t>
   </si>
   <si>
     <t xml:space="preserve">Custom Built Window Manufacturing, LLC
 80 Meadow Street
 Warwick, RI USA 02879
 401-738-3800</t>
   </si>
   <si>
     <t>IG-1469-01</t>
   </si>
   <si>
     <t>IG-1469-02</t>
   </si>
   <si>
     <t xml:space="preserve">D&amp;W Windows &amp; Sunrooms
 8068 East Court St.
 Davison, MI USA 48423
 www.dwwindows.com
 810-658-8777</t>
@@ -435,66 +436,54 @@
     <t>IG-1431-01</t>
   </si>
   <si>
     <t>Kommerling Kodispace 4SG</t>
   </si>
   <si>
     <t>Kommerling GD 920D Silicone 2 Part</t>
   </si>
   <si>
     <t xml:space="preserve">EKO-OKNA S.A.
 Spacerowa 4
 Pietrowice Wielkie, Kornice Poland 47-480
 www.ekookna.com
 48 32 459 1500</t>
   </si>
   <si>
     <t>IG-1185-01</t>
   </si>
   <si>
     <t>Nedex Zeolan K</t>
   </si>
   <si>
     <t>Emcepren 80 IG (Polyisobutylene)</t>
   </si>
   <si>
-    <t>Fenzi Thiover Polysulfide 2 Part</t>
-[...1 lines deleted...]
-  <si>
     <t>Aluminum Grids, Same as Spacer</t>
   </si>
   <si>
     <t>IG-1185-02</t>
-  </si>
-[...7 lines deleted...]
-    <t>IG-1388-01</t>
   </si>
   <si>
     <t xml:space="preserve">Gerkin Windows &amp; Doors
 5000 Rhino Road
 Sioux City, IA USA 51102
 www.gerkin.com
 402-494-6000</t>
   </si>
   <si>
     <t>IG-057-06</t>
   </si>
   <si>
     <t>Quanex Superspacer Premium Plus Enhanced</t>
   </si>
   <si>
     <t xml:space="preserve">Gild-n-Son Manufacturing
 328 Bellville Turnpike
 Kearny, NJ USA 07032
 www.gildnsonwindows.com
 201-991-6222</t>
   </si>
   <si>
     <t>IG-707-02</t>
   </si>
   <si>
@@ -590,50 +579,53 @@
 Winnipeg, MB Canada R2X 2N6
 www.humphrey-products.ca
 877-290-3737
 204-633-9200</t>
   </si>
   <si>
     <t>IG-1034-01</t>
   </si>
   <si>
     <t>Fenzi Hotver Hotmelt Black</t>
   </si>
   <si>
     <t xml:space="preserve">Hunsruecker Glasveredelung Wagener GmBH &amp; Co KG
 OTTO-HAHN-STR.1
 Kirchberg, null Germany 55481
 www.arnold-glas.de
 0049-6763-9305-261</t>
   </si>
   <si>
     <t>IG-1112-01</t>
   </si>
   <si>
     <t>IG-1112-02</t>
   </si>
   <si>
+    <t>Dow Corning 3363 Silicone 2 Part</t>
+  </si>
+  <si>
     <t xml:space="preserve">Interstate Building Materials
 3000 N. Township Blvd.
 Pittston, PA USA 18640
 www.interstatebldg.com
 570-655-2811</t>
   </si>
   <si>
     <t>IG-029-05</t>
   </si>
   <si>
     <t xml:space="preserve">Jet Alum LLC
 1414 E. 19th Street
 Kansas City, MO USA 64108
 www.jetalum.com
 816-231-7011</t>
   </si>
   <si>
     <t>IG-905-01</t>
   </si>
   <si>
     <t>Quanex Duralite</t>
   </si>
   <si>
     <t xml:space="preserve">Joyce Mfg.
 1125 Berea Industrial Parkway
@@ -727,69 +719,63 @@
 626-444-4126</t>
   </si>
   <si>
     <t>IG-1159-01</t>
   </si>
   <si>
     <t xml:space="preserve">Manko Window Systems
 800 Hayes Drive
 Manhattan, KS USA 66502
 www.mankowindows.com
 785-776-9643</t>
   </si>
   <si>
     <t>IG-698-05</t>
   </si>
   <si>
     <t>Quanex Super Spacer TriSeal</t>
   </si>
   <si>
     <t>Tremco JS780 S (PIB)</t>
   </si>
   <si>
     <t>Dow DowSil 982 Silicone</t>
   </si>
   <si>
-    <t>IG-698-06</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Manko Window Systems (CO)
 17500 E 22 Ave.
 Aurora, CO USA 80011
 www.mankowindows.com
 303-375-0642</t>
   </si>
   <si>
     <t>IG-954-01</t>
   </si>
   <si>
     <t>GE Momentive IGS3723 Two Part Silicone</t>
   </si>
   <si>
-    <t xml:space="preserve">NA, </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Manko Window Systems (IA)
 3001 McKinley Ave.
 Des Moines, IA USA 50321
 www.mankowindows.com
 515-288-7427</t>
   </si>
   <si>
     <t>IG-955-01</t>
   </si>
   <si>
     <t>IG-955-03</t>
   </si>
   <si>
     <t xml:space="preserve">Masonite - Ext Door Prods (Pittsburg)
 911 East Jefferson Street
 Pittsburg, KS USA 66762
 www.masonite.com
 620-231-8200</t>
   </si>
   <si>
     <t>IG-249-06</t>
   </si>
   <si>
     <t>HB Fuller Isomelt M Hot Melt Butyl</t>
   </si>
@@ -886,50 +872,53 @@
 www.northernwindow.ca
 807-622-1002</t>
   </si>
   <si>
     <t>IG-1326-01</t>
   </si>
   <si>
     <t xml:space="preserve">Nuimage Windows &amp; Doors
 1291 N. Sunshine Way #A
 Anaheim, CA USA 92806
 nuimagewindowsanddoors.com
 714-628-0628</t>
   </si>
   <si>
     <t>IG-1146-01</t>
   </si>
   <si>
     <t xml:space="preserve">Okna Windows
 400 Crossings Drive
 Bristol, PA USA 19007
 www.oknawindows.com
 215-788-7000</t>
   </si>
   <si>
     <t>IG-161-01</t>
+  </si>
+  <si>
+    <t>IG-161-03</t>
   </si>
   <si>
     <t xml:space="preserve">Oknoplast Sp.  z o.o
 Ochmanow 117
 Podleze GM, null Poland 32-003
 www.oknoplast.com.pl
 48 12 279 7171</t>
   </si>
   <si>
     <t>IG-1142-02</t>
   </si>
   <si>
     <t>Naftotherm BU-S Polyisobutylene</t>
   </si>
   <si>
     <t xml:space="preserve">Ontario Aluminum and Glass Ltd.
 4 Jenet Avenue
 Toronto, ON Canada M6H 1R4
 www.ontarioaluminum.co
 416-533-7921</t>
   </si>
   <si>
     <t>IG-1337-02</t>
   </si>
   <si>
@@ -1023,100 +1012,107 @@
 Bates City, MO USA 64011
 www.simplyegresssolutions.com
 800-537-0706
 816-690-3400</t>
   </si>
   <si>
     <t>IG-096-01</t>
   </si>
   <si>
     <t>HBFuller HL-5140 Hotmelt Butyl</t>
   </si>
   <si>
     <t>Sensed</t>
   </si>
   <si>
     <t xml:space="preserve">Slocomb Windows and Doors, Inc.
 767 Sans Souci Parkway
 Hanover Twp, PA USA 18706
 www.slocombwindows.com
 570-825-3675</t>
   </si>
   <si>
     <t>IG-286-01</t>
   </si>
   <si>
+    <t xml:space="preserve">Specialty Wholesale Supply
+101 Linus Allain Avenue
+Gardner, MA USA 01440
+www.swscorp.net
+978-630-3916</t>
+  </si>
+  <si>
+    <t>IG-102-01</t>
+  </si>
+  <si>
     <t xml:space="preserve">Sprouse Building Products
 1200 N. State Route 2
 New Martinsville, WV USA 26155
 www.sprousewindows.com
 304-455-2288</t>
   </si>
   <si>
     <t>IG-253-01</t>
   </si>
   <si>
     <t>IG-253-02</t>
   </si>
   <si>
     <t xml:space="preserve">St. Albans Window Mfg. Inc.
 2141 MacCorkle Ave.
 St. Albans, WV USA 25177
 www.saintalbanswindow.com
 304-727-9363</t>
   </si>
   <si>
     <t>IG-369-01</t>
   </si>
   <si>
     <t xml:space="preserve">Stergis Windows &amp; Doors
 79 Walton Street
 Attleboro, MA USA 02703
 www.stergis.com
 508-455-0661</t>
   </si>
   <si>
     <t>IG-004-01</t>
   </si>
   <si>
     <t>IG-004-04</t>
   </si>
   <si>
     <t xml:space="preserve">Sunrise Window &amp; Door Systems, Inc.
 188 Corstate Ave.
 Vaughan, ON Canada L4K 4X2
 www.sunrisewindows.com
 416-661-2535</t>
   </si>
   <si>
     <t>IG-1089-01</t>
   </si>
   <si>
     <t>TGI Thermo-plastic / Stainless Steel</t>
-  </si>
-[...1 lines deleted...]
-    <t>Fenzi Butylver PIB</t>
   </si>
   <si>
     <t xml:space="preserve">Taylors Window &amp; Screen
 401 Furman Hall Rd
 Greenville, SC USA 29609
 www.taylorswindows.com
 864-271-9759</t>
   </si>
   <si>
     <t>IG-437-01</t>
   </si>
   <si>
     <t xml:space="preserve">Thermal Gard Building Products, Inc.
 400 Walnut Street
 Punxsutawney, PA USA 15767
 www.thermal-gard.com
 814-938-1408</t>
   </si>
   <si>
     <t>IG-1408-02</t>
   </si>
   <si>
     <t>Fenzi Hotver A+ HMB</t>
   </si>
   <si>
@@ -2000,3723 +1996,3723 @@
       <c r="C9" s="3" t="s">
         <v>42</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>37</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H9" s="3" t="s">
         <v>18</v>
       </c>
       <c r="I9" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J9" s="3" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="10" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="10" ht="48" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A10" s="4" t="s">
         <v>44</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>46</v>
       </c>
       <c r="D10" s="3" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="F10" s="3" t="s">
-        <v>27</v>
+        <v>49</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>17</v>
+        <v>50</v>
       </c>
       <c r="H10" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I10" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J10" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="11" ht="12" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="11" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A11" s="4" t="s">
-        <v>29</v>
+        <v>51</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="C11" s="3" t="s">
-        <v>13</v>
+        <v>53</v>
       </c>
       <c r="D11" s="3" t="s">
-        <v>36</v>
+        <v>25</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="F11" s="3" t="s">
-        <v>47</v>
+        <v>27</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H11" s="3" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="I11" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J11" s="3" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-    <row r="12" ht="48" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="12" ht="12" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A12" s="4" t="s">
-        <v>49</v>
+        <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="C12" s="3" t="s">
-        <v>51</v>
+        <v>13</v>
       </c>
       <c r="D12" s="3" t="s">
-        <v>52</v>
+        <v>36</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>54</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>55</v>
+        <v>17</v>
       </c>
       <c r="H12" s="3" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="I12" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J12" s="3" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-    <row r="13" ht="72" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="13" ht="48" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A13" s="4" t="s">
         <v>56</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>58</v>
       </c>
       <c r="D13" s="3" t="s">
-        <v>25</v>
+        <v>59</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>26</v>
+        <v>60</v>
       </c>
       <c r="F13" s="3" t="s">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="G13" s="3" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="H13" s="3" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="I13" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J13" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="14" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="14" ht="72" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A14" s="4" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="C14" s="3" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G14" s="3" t="s">
-        <v>62</v>
+        <v>50</v>
       </c>
       <c r="H14" s="3" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="I14" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J14" s="3" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
     </row>
     <row r="15" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A15" s="4" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="C15" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="D15" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="F15" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G15" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="H15" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="I15" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="J15" s="3" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="16" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="B16" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="C16" s="3" t="s">
         <v>13</v>
-      </c>
-[...30 lines deleted...]
-        <v>35</v>
       </c>
       <c r="D16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>15</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="H16" s="3" t="s">
         <v>18</v>
       </c>
       <c r="I16" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J16" s="3" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-    <row r="17" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="17" ht="12" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A17" s="4" t="s">
-        <v>67</v>
+        <v>29</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="C17" s="3" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="D17" s="3" t="s">
-        <v>36</v>
+        <v>14</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>15</v>
       </c>
       <c r="G17" s="3" t="s">
-        <v>17</v>
+        <v>50</v>
       </c>
       <c r="H17" s="3" t="s">
         <v>18</v>
       </c>
       <c r="I17" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J17" s="3" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="18" ht="72" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="18" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A18" s="4" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="C18" s="3" t="s">
-        <v>71</v>
+        <v>13</v>
       </c>
       <c r="D18" s="3" t="s">
-        <v>25</v>
+        <v>36</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>72</v>
+        <v>15</v>
       </c>
       <c r="F18" s="3" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>55</v>
+        <v>17</v>
       </c>
       <c r="H18" s="3" t="s">
         <v>18</v>
       </c>
       <c r="I18" s="3" t="s">
-        <v>73</v>
+        <v>19</v>
       </c>
       <c r="J18" s="3" t="s">
-        <v>27</v>
+        <v>40</v>
       </c>
     </row>
     <row r="19" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A19" s="4" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C19" s="3" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="D19" s="3" t="s">
-        <v>76</v>
+        <v>47</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>77</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>78</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="H19" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I19" s="3" t="s">
         <v>27</v>
       </c>
       <c r="J19" s="3" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="20" ht="12" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A20" s="4" t="s">
         <v>29</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C20" s="3" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="D20" s="3" t="s">
-        <v>76</v>
+        <v>47</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>77</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>80</v>
       </c>
       <c r="G20" s="3" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="H20" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I20" s="3" t="s">
         <v>27</v>
       </c>
       <c r="J20" s="3" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="21" ht="12" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A21" s="4" t="s">
         <v>29</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C21" s="3" t="s">
         <v>82</v>
       </c>
       <c r="D21" s="3" t="s">
-        <v>76</v>
+        <v>47</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>77</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>78</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="H21" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I21" s="3" t="s">
         <v>29</v>
       </c>
       <c r="J21" s="3" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="22" ht="12" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A22" s="4" t="s">
         <v>29</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C22" s="3" t="s">
         <v>84</v>
       </c>
       <c r="D22" s="3" t="s">
-        <v>76</v>
+        <v>47</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>77</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>78</v>
       </c>
       <c r="G22" s="3" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="H22" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I22" s="3" t="s">
-        <v>73</v>
+        <v>85</v>
       </c>
       <c r="J22" s="3" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="23" ht="12" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A23" s="4" t="s">
         <v>29</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C23" s="3" t="s">
         <v>84</v>
       </c>
       <c r="D23" s="3" t="s">
-        <v>76</v>
+        <v>47</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>77</v>
       </c>
       <c r="F23" s="3" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="H23" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I23" s="3" t="s">
         <v>29</v>
       </c>
       <c r="J23" s="3" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="24" ht="48" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A24" s="4" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C24" s="3" t="s">
-        <v>46</v>
+        <v>53</v>
       </c>
       <c r="D24" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G24" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H24" s="3" t="s">
         <v>18</v>
       </c>
       <c r="I24" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J24" s="3" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="25" ht="12" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A25" s="4" t="s">
         <v>29</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C25" s="3" t="s">
-        <v>46</v>
+        <v>53</v>
       </c>
       <c r="D25" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G25" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H25" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I25" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J25" s="3" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="26" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A26" s="4" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C26" s="3" t="s">
-        <v>46</v>
+        <v>53</v>
       </c>
       <c r="D26" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G26" s="3" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="H26" s="3" t="s">
         <v>18</v>
       </c>
       <c r="I26" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J26" s="3" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="27" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A27" s="4" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C27" s="3" t="s">
         <v>31</v>
       </c>
       <c r="D27" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G27" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H27" s="3" t="s">
         <v>18</v>
       </c>
       <c r="I27" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J27" s="3" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="28" ht="48" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A28" s="4" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C28" s="3" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D28" s="3" t="s">
-        <v>76</v>
+        <v>47</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="F28" s="3" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="H28" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I28" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="J28" s="3" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="29" ht="12" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A29" s="4" t="s">
         <v>29</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C29" s="3" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D29" s="3" t="s">
-        <v>76</v>
+        <v>47</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>77</v>
       </c>
       <c r="F29" s="3" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="G29" s="3" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="H29" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I29" s="3" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="J29" s="3" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="30" ht="12" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A30" s="4" t="s">
         <v>29</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C30" s="3" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D30" s="3" t="s">
-        <v>76</v>
+        <v>47</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="F30" s="3" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="G30" s="3" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="H30" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I30" s="3" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="J30" s="3"/>
     </row>
     <row r="31" ht="12" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A31" s="4" t="s">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C31" s="3" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D31" s="3" t="s">
-        <v>76</v>
+        <v>47</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>77</v>
       </c>
       <c r="F31" s="3" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="G31" s="3" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="H31" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I31" s="3" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="J31" s="3" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="32" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A32" s="4" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C32" s="3" t="s">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="D32" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G32" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H32" s="3" t="s">
         <v>18</v>
       </c>
       <c r="I32" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J32" s="3" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="33" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A33" s="4" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C33" s="3" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D33" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F33" s="3" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="H33" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I33" s="3" t="s">
-        <v>73</v>
+        <v>85</v>
       </c>
       <c r="J33" s="3" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="34" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A34" s="4" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C34" s="3" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D34" s="3" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="F34" s="3" t="s">
-        <v>118</v>
+        <v>49</v>
       </c>
       <c r="G34" s="3" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="H34" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I34" s="3" t="s">
         <v>119</v>
       </c>
       <c r="J34" s="3" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="35" ht="12" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A35" s="4" t="s">
         <v>29</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>120</v>
       </c>
       <c r="C35" s="3" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="D35" s="3" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="F35" s="3" t="s">
-        <v>118</v>
+        <v>49</v>
       </c>
       <c r="G35" s="3" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="H35" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I35" s="3" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="J35" s="3" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="36" ht="48" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="36" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A36" s="4" t="s">
         <v>121</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>122</v>
       </c>
       <c r="C36" s="3" t="s">
-        <v>31</v>
+        <v>123</v>
       </c>
       <c r="D36" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>94</v>
+        <v>15</v>
       </c>
       <c r="F36" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G36" s="3" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="H36" s="3" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="I36" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J36" s="3" t="s">
-        <v>20</v>
+        <v>40</v>
       </c>
     </row>
     <row r="37" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A37" s="4" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B37" s="3" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C37" s="3" t="s">
-        <v>125</v>
+        <v>31</v>
       </c>
       <c r="D37" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>15</v>
+        <v>95</v>
       </c>
       <c r="F37" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G37" s="3" t="s">
-        <v>55</v>
+        <v>17</v>
       </c>
       <c r="H37" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I37" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J37" s="3" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-    <row r="38" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="38" ht="48" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A38" s="4" t="s">
         <v>126</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>127</v>
       </c>
       <c r="C38" s="3" t="s">
-        <v>31</v>
+        <v>82</v>
       </c>
       <c r="D38" s="3" t="s">
-        <v>25</v>
+        <v>128</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>94</v>
+        <v>129</v>
       </c>
       <c r="F38" s="3" t="s">
-        <v>27</v>
+        <v>87</v>
       </c>
       <c r="G38" s="3" t="s">
-        <v>17</v>
+        <v>50</v>
       </c>
       <c r="H38" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I38" s="3" t="s">
-        <v>19</v>
+        <v>85</v>
       </c>
       <c r="J38" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="39" ht="48" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="39" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A39" s="4" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="C39" s="3" t="s">
-        <v>82</v>
+        <v>42</v>
       </c>
       <c r="D39" s="3" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>131</v>
+        <v>54</v>
       </c>
       <c r="F39" s="3" t="s">
-        <v>86</v>
+        <v>27</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="H39" s="3" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="I39" s="3" t="s">
-        <v>73</v>
+        <v>85</v>
       </c>
       <c r="J39" s="3" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-    <row r="40" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="40" ht="48" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A40" s="4" t="s">
         <v>132</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>133</v>
       </c>
       <c r="C40" s="3" t="s">
-        <v>42</v>
+        <v>134</v>
       </c>
       <c r="D40" s="3" t="s">
-        <v>25</v>
+        <v>135</v>
       </c>
       <c r="E40" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="F40" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="G40" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="H40" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="I40" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="J40" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="41" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="4" t="s">
+        <v>137</v>
+      </c>
+      <c r="B41" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="C41" s="3" t="s">
+        <v>139</v>
+      </c>
+      <c r="D41" s="3" t="s">
         <v>47</v>
       </c>
-      <c r="F40" s="3" t="s">
-[...27 lines deleted...]
-      </c>
       <c r="E41" s="3" t="s">
-        <v>53</v>
+        <v>77</v>
       </c>
       <c r="F41" s="3" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="H41" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I41" s="3" t="s">
         <v>27</v>
       </c>
       <c r="J41" s="3" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="42" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="42" ht="12" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A42" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="B42" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="C42" s="3" t="s">
         <v>139</v>
       </c>
-      <c r="B42" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D42" s="3" t="s">
-        <v>76</v>
+        <v>142</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>77</v>
       </c>
       <c r="F42" s="3" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="H42" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I42" s="3" t="s">
         <v>27</v>
       </c>
       <c r="J42" s="3" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="43" ht="12" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="43" ht="48" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A43" s="4" t="s">
-        <v>29</v>
+        <v>144</v>
       </c>
       <c r="B43" s="3" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C43" s="3" t="s">
-        <v>141</v>
+        <v>42</v>
       </c>
       <c r="D43" s="3" t="s">
-        <v>144</v>
+        <v>25</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>77</v>
+        <v>15</v>
       </c>
       <c r="F43" s="3" t="s">
-        <v>145</v>
+        <v>27</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="H43" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I43" s="3" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="J43" s="3" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-    <row r="44" ht="48" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="44" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A44" s="4" t="s">
         <v>146</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>147</v>
       </c>
       <c r="C44" s="3" t="s">
-        <v>42</v>
+        <v>64</v>
       </c>
       <c r="D44" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="F44" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="H44" s="3" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="I44" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J44" s="3" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-    <row r="45" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="45" ht="72" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A45" s="4" t="s">
         <v>148</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>149</v>
       </c>
       <c r="C45" s="3" t="s">
-        <v>58</v>
+        <v>42</v>
       </c>
       <c r="D45" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>26</v>
+        <v>150</v>
       </c>
       <c r="F45" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="H45" s="3" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="I45" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J45" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="46" ht="72" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="46" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A46" s="4" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C46" s="3" t="s">
-        <v>42</v>
+        <v>139</v>
       </c>
       <c r="D46" s="3" t="s">
-        <v>25</v>
+        <v>117</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>152</v>
+        <v>99</v>
       </c>
       <c r="F46" s="3" t="s">
-        <v>27</v>
+        <v>100</v>
       </c>
       <c r="G46" s="3" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="H46" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I46" s="3" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="J46" s="3" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-    <row r="47" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="47" ht="12" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A47" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="B47" s="3" t="s">
         <v>153</v>
       </c>
-      <c r="B47" s="3" t="s">
+      <c r="C47" s="3" t="s">
+        <v>139</v>
+      </c>
+      <c r="D47" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="E47" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="F47" s="3" t="s">
         <v>154</v>
       </c>
-      <c r="C47" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G47" s="3" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="H47" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I47" s="3" t="s">
         <v>27</v>
       </c>
       <c r="J47" s="3" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="48" ht="12" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="48" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A48" s="4" t="s">
-        <v>29</v>
+        <v>155</v>
       </c>
       <c r="B48" s="3" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C48" s="3" t="s">
-        <v>141</v>
+        <v>64</v>
       </c>
       <c r="D48" s="3" t="s">
-        <v>116</v>
+        <v>25</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>98</v>
+        <v>26</v>
       </c>
       <c r="F48" s="3" t="s">
-        <v>72</v>
+        <v>27</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>55</v>
+        <v>17</v>
       </c>
       <c r="H48" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I48" s="3" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="J48" s="3" t="s">
-        <v>28</v>
+        <v>40</v>
       </c>
     </row>
     <row r="49" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A49" s="4" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="B49" s="3" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C49" s="3" t="s">
-        <v>58</v>
+        <v>159</v>
       </c>
       <c r="D49" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F49" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G49" s="3" t="s">
-        <v>17</v>
+        <v>50</v>
       </c>
       <c r="H49" s="3" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="I49" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J49" s="3" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
     </row>
     <row r="50" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A50" s="4" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="C50" s="3" t="s">
-        <v>160</v>
+        <v>53</v>
       </c>
       <c r="D50" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E50" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="F50" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G50" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="H50" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="I50" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="J50" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="51" ht="72" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A51" s="4" t="s">
+        <v>162</v>
+      </c>
+      <c r="B51" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="C51" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="D51" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="E51" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="F50" s="3" t="s">
-[...30 lines deleted...]
-      </c>
       <c r="F51" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G51" s="3" t="s">
-        <v>55</v>
+        <v>17</v>
       </c>
       <c r="H51" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I51" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J51" s="3" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-    <row r="52" ht="72" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="52" ht="12" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A52" s="4" t="s">
-        <v>163</v>
+        <v>29</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>164</v>
       </c>
       <c r="C52" s="3" t="s">
-        <v>58</v>
+        <v>24</v>
       </c>
       <c r="D52" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F52" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G52" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H52" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I52" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J52" s="3" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
     </row>
     <row r="53" ht="12" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A53" s="4" t="s">
         <v>29</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>165</v>
       </c>
       <c r="C53" s="3" t="s">
-        <v>24</v>
+        <v>64</v>
       </c>
       <c r="D53" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F53" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G53" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H53" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I53" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J53" s="3" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="54" ht="12" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A54" s="4" t="s">
         <v>29</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>166</v>
       </c>
       <c r="C54" s="3" t="s">
-        <v>58</v>
+        <v>24</v>
       </c>
       <c r="D54" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F54" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G54" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H54" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I54" s="3" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="J54" s="3" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="55" ht="12" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="55" ht="48" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A55" s="4" t="s">
-        <v>29</v>
+        <v>167</v>
       </c>
       <c r="B55" s="3" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C55" s="3" t="s">
-        <v>24</v>
+        <v>58</v>
       </c>
       <c r="D55" s="3" t="s">
-        <v>25</v>
+        <v>169</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>26</v>
+        <v>60</v>
       </c>
       <c r="F55" s="3" t="s">
-        <v>27</v>
+        <v>136</v>
       </c>
       <c r="G55" s="3" t="s">
-        <v>17</v>
+        <v>50</v>
       </c>
       <c r="H55" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I55" s="3" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="J55" s="3" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="56" ht="48" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="56" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A56" s="4" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="C56" s="3" t="s">
-        <v>51</v>
+        <v>13</v>
       </c>
       <c r="D56" s="3" t="s">
-        <v>170</v>
+        <v>14</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>53</v>
+        <v>15</v>
       </c>
       <c r="F56" s="3" t="s">
-        <v>138</v>
+        <v>15</v>
       </c>
       <c r="G56" s="3" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="H56" s="3" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="I56" s="3" t="s">
-        <v>19</v>
+        <v>172</v>
       </c>
       <c r="J56" s="3" t="s">
-        <v>40</v>
+        <v>27</v>
       </c>
     </row>
     <row r="57" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A57" s="4" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="C57" s="3" t="s">
-        <v>13</v>
+        <v>42</v>
       </c>
       <c r="D57" s="3" t="s">
-        <v>14</v>
+        <v>25</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="F57" s="3" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="G57" s="3" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="H57" s="3" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="I57" s="3" t="s">
-        <v>173</v>
+        <v>19</v>
       </c>
       <c r="J57" s="3" t="s">
-        <v>27</v>
+        <v>40</v>
       </c>
     </row>
     <row r="58" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A58" s="4" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C58" s="3" t="s">
-        <v>42</v>
+        <v>64</v>
       </c>
       <c r="D58" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="F58" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="H58" s="3" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="I58" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J58" s="3" t="s">
-        <v>40</v>
+        <v>28</v>
       </c>
     </row>
     <row r="59" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A59" s="4" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B59" s="3" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C59" s="3" t="s">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="D59" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F59" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G59" s="3" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="H59" s="3" t="s">
         <v>18</v>
       </c>
       <c r="I59" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J59" s="3" t="s">
-        <v>28</v>
+        <v>40</v>
       </c>
     </row>
     <row r="60" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A60" s="4" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C60" s="3" t="s">
-        <v>58</v>
+        <v>24</v>
       </c>
       <c r="D60" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F60" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G60" s="3" t="s">
-        <v>55</v>
+        <v>17</v>
       </c>
       <c r="H60" s="3" t="s">
         <v>18</v>
       </c>
       <c r="I60" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J60" s="3" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
     </row>
     <row r="61" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A61" s="4" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="B61" s="3" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C61" s="3" t="s">
-        <v>24</v>
+        <v>183</v>
       </c>
       <c r="D61" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>26</v>
+        <v>184</v>
       </c>
       <c r="F61" s="3" t="s">
-        <v>27</v>
+        <v>185</v>
       </c>
       <c r="G61" s="3" t="s">
-        <v>17</v>
+        <v>50</v>
       </c>
       <c r="H61" s="3" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="I61" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J61" s="3" t="s">
-        <v>43</v>
+        <v>28</v>
       </c>
     </row>
     <row r="62" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A62" s="4" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
       <c r="B62" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="C62" s="3" t="s">
         <v>183</v>
       </c>
-      <c r="C62" s="3" t="s">
+      <c r="D62" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="E62" s="3" t="s">
         <v>184</v>
       </c>
-      <c r="D62" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F62" s="3" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="G62" s="3" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="H62" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I62" s="3" t="s">
-        <v>73</v>
+        <v>101</v>
       </c>
       <c r="J62" s="3" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="63" ht="12" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="63" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A63" s="4" t="s">
-        <v>29</v>
+        <v>189</v>
       </c>
       <c r="B63" s="3" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="C63" s="3" t="s">
-        <v>31</v>
+        <v>183</v>
       </c>
       <c r="D63" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>54</v>
+        <v>184</v>
       </c>
       <c r="F63" s="3" t="s">
-        <v>27</v>
+        <v>185</v>
       </c>
       <c r="G63" s="3" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="H63" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I63" s="3" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="J63" s="3" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="64" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="64" ht="12" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A64" s="4" t="s">
-        <v>188</v>
+        <v>29</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="C64" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="D64" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="E64" s="3" t="s">
         <v>184</v>
       </c>
-      <c r="D64" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F64" s="3" t="s">
-        <v>190</v>
+        <v>61</v>
       </c>
       <c r="G64" s="3" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="H64" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I64" s="3" t="s">
-        <v>191</v>
+        <v>27</v>
       </c>
       <c r="J64" s="3" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="65" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A65" s="4" t="s">
         <v>192</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>193</v>
       </c>
       <c r="C65" s="3" t="s">
-        <v>184</v>
+        <v>42</v>
       </c>
       <c r="D65" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>185</v>
+        <v>194</v>
       </c>
       <c r="F65" s="3" t="s">
-        <v>186</v>
+        <v>27</v>
       </c>
       <c r="G65" s="3" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="H65" s="3" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="I65" s="3" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="J65" s="3" t="s">
-        <v>28</v>
+        <v>71</v>
       </c>
     </row>
     <row r="66" ht="12" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A66" s="4" t="s">
         <v>29</v>
       </c>
       <c r="B66" s="3" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C66" s="3" t="s">
-        <v>184</v>
+        <v>64</v>
       </c>
       <c r="D66" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>185</v>
+        <v>26</v>
       </c>
       <c r="F66" s="3" t="s">
-        <v>54</v>
+        <v>27</v>
       </c>
       <c r="G66" s="3" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="H66" s="3" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="I66" s="3" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="J66" s="3" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-    <row r="67" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="67" ht="12" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A67" s="4" t="s">
-        <v>195</v>
+        <v>29</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>196</v>
       </c>
       <c r="C67" s="3" t="s">
-        <v>42</v>
+        <v>197</v>
       </c>
       <c r="D67" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>197</v>
+        <v>26</v>
       </c>
       <c r="F67" s="3" t="s">
-        <v>27</v>
+        <v>198</v>
       </c>
       <c r="G67" s="3" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="H67" s="3" t="s">
         <v>18</v>
       </c>
       <c r="I67" s="3" t="s">
-        <v>19</v>
+        <v>199</v>
       </c>
       <c r="J67" s="3" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="68" ht="12" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="68" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A68" s="4" t="s">
-        <v>29</v>
+        <v>200</v>
       </c>
       <c r="B68" s="3" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="C68" s="3" t="s">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="D68" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F68" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G68" s="3" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="H68" s="3" t="s">
         <v>18</v>
       </c>
       <c r="I68" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J68" s="3" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="69" ht="12" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="69" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A69" s="4" t="s">
-        <v>29</v>
+        <v>202</v>
       </c>
       <c r="B69" s="3" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="C69" s="3" t="s">
-        <v>200</v>
+        <v>64</v>
       </c>
       <c r="D69" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F69" s="3" t="s">
-        <v>201</v>
+        <v>27</v>
       </c>
       <c r="G69" s="3" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="H69" s="3" t="s">
         <v>18</v>
       </c>
       <c r="I69" s="3" t="s">
-        <v>202</v>
+        <v>19</v>
       </c>
       <c r="J69" s="3" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
     </row>
     <row r="70" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A70" s="4" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="B70" s="3" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C70" s="3" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="D70" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>26</v>
+        <v>54</v>
       </c>
       <c r="F70" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G70" s="3" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="H70" s="3" t="s">
         <v>18</v>
       </c>
       <c r="I70" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J70" s="3" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="71" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="71" ht="12" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A71" s="4" t="s">
-        <v>205</v>
+        <v>29</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>206</v>
       </c>
       <c r="C71" s="3" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="D71" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>26</v>
+        <v>54</v>
       </c>
       <c r="F71" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G71" s="3" t="s">
-        <v>55</v>
+        <v>17</v>
       </c>
       <c r="H71" s="3" t="s">
         <v>18</v>
       </c>
       <c r="I71" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J71" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="72" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="72" ht="12" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A72" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="B72" s="3" t="s">
         <v>207</v>
       </c>
-      <c r="B72" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C72" s="3" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="D72" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="F72" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G72" s="3" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="H72" s="3" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="I72" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J72" s="3" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="73" ht="12" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A73" s="4" t="s">
         <v>29</v>
       </c>
       <c r="B73" s="3" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="C73" s="3" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="D73" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="F73" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G73" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H73" s="3" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="I73" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J73" s="3" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="74" ht="12" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="74" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A74" s="4" t="s">
-        <v>29</v>
+        <v>209</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>210</v>
       </c>
       <c r="C74" s="3" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
       <c r="D74" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>47</v>
+        <v>95</v>
       </c>
       <c r="F74" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G74" s="3" t="s">
-        <v>55</v>
+        <v>211</v>
       </c>
       <c r="H74" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I74" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J74" s="3" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-    <row r="75" ht="12" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="75" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A75" s="4" t="s">
-        <v>29</v>
+        <v>212</v>
       </c>
       <c r="B75" s="3" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C75" s="3" t="s">
-        <v>42</v>
+        <v>13</v>
       </c>
       <c r="D75" s="3" t="s">
-        <v>25</v>
+        <v>214</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>47</v>
+        <v>215</v>
       </c>
       <c r="F75" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G75" s="3" t="s">
-        <v>17</v>
+        <v>50</v>
       </c>
       <c r="H75" s="3" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="I75" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J75" s="3" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="76" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="76" ht="12" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A76" s="4" t="s">
-        <v>212</v>
+        <v>29</v>
       </c>
       <c r="B76" s="3" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="C76" s="3" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="D76" s="3" t="s">
-        <v>25</v>
+        <v>214</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>94</v>
+        <v>215</v>
       </c>
       <c r="F76" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G76" s="3" t="s">
-        <v>214</v>
+        <v>50</v>
       </c>
       <c r="H76" s="3" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="I76" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J76" s="3" t="s">
-        <v>20</v>
+        <v>40</v>
       </c>
     </row>
     <row r="77" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A77" s="4" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="B77" s="3" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="C77" s="3" t="s">
-        <v>13</v>
+        <v>64</v>
       </c>
       <c r="D77" s="3" t="s">
-        <v>217</v>
+        <v>25</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>218</v>
+        <v>26</v>
       </c>
       <c r="F77" s="3" t="s">
-        <v>27</v>
+        <v>49</v>
       </c>
       <c r="G77" s="3" t="s">
-        <v>55</v>
+        <v>68</v>
       </c>
       <c r="H77" s="3" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="I77" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J77" s="3" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="78" ht="12" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="78" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A78" s="4" t="s">
-        <v>29</v>
+        <v>219</v>
       </c>
       <c r="B78" s="3" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C78" s="3" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="D78" s="3" t="s">
-        <v>217</v>
+        <v>25</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>218</v>
+        <v>26</v>
       </c>
       <c r="F78" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G78" s="3" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="H78" s="3" t="s">
         <v>18</v>
       </c>
       <c r="I78" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J78" s="3" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="79" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A79" s="4" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="B79" s="3" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="C79" s="3" t="s">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="D79" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F79" s="3" t="s">
-        <v>118</v>
+        <v>27</v>
       </c>
       <c r="G79" s="3" t="s">
-        <v>62</v>
+        <v>17</v>
       </c>
       <c r="H79" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I79" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J79" s="3" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="80" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="80" ht="12" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A80" s="4" t="s">
-        <v>222</v>
+        <v>29</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>223</v>
       </c>
       <c r="C80" s="3" t="s">
-        <v>24</v>
+        <v>64</v>
       </c>
       <c r="D80" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F80" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G80" s="3" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="H80" s="3" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="I80" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J80" s="3" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="81" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A81" s="4" t="s">
         <v>224</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>225</v>
       </c>
       <c r="C81" s="3" t="s">
-        <v>58</v>
+        <v>82</v>
       </c>
       <c r="D81" s="3" t="s">
-        <v>25</v>
+        <v>142</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>26</v>
+        <v>226</v>
       </c>
       <c r="F81" s="3" t="s">
-        <v>27</v>
+        <v>49</v>
       </c>
       <c r="G81" s="3" t="s">
-        <v>17</v>
+        <v>50</v>
       </c>
       <c r="H81" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I81" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J81" s="3" t="s">
-        <v>40</v>
+        <v>28</v>
       </c>
     </row>
     <row r="82" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A82" s="4" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="B82" s="3" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="C82" s="3" t="s">
-        <v>82</v>
+        <v>134</v>
       </c>
       <c r="D82" s="3" t="s">
-        <v>144</v>
+        <v>229</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="F82" s="3" t="s">
-        <v>118</v>
+        <v>231</v>
       </c>
       <c r="G82" s="3" t="s">
-        <v>55</v>
+        <v>68</v>
       </c>
       <c r="H82" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I82" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J82" s="3" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-    <row r="83" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="83" ht="48" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A83" s="4" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="B83" s="3" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="C83" s="3" t="s">
-        <v>136</v>
+        <v>58</v>
       </c>
       <c r="D83" s="3" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="F83" s="3" t="s">
-        <v>233</v>
+        <v>49</v>
       </c>
       <c r="G83" s="3" t="s">
-        <v>62</v>
+        <v>50</v>
       </c>
       <c r="H83" s="3" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="I83" s="3" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="J83" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="84" ht="48" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="84" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A84" s="4" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="B84" s="3" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="C84" s="3" t="s">
-        <v>51</v>
+        <v>31</v>
       </c>
       <c r="D84" s="3" t="s">
-        <v>236</v>
+        <v>25</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>237</v>
+        <v>32</v>
       </c>
       <c r="F84" s="3" t="s">
-        <v>118</v>
+        <v>27</v>
       </c>
       <c r="G84" s="3" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="H84" s="3" t="s">
         <v>18</v>
       </c>
       <c r="I84" s="3" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="J84" s="3" t="s">
-        <v>40</v>
+        <v>28</v>
       </c>
     </row>
     <row r="85" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A85" s="4" t="s">
         <v>238</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>239</v>
       </c>
       <c r="C85" s="3" t="s">
-        <v>31</v>
+        <v>159</v>
       </c>
       <c r="D85" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="F85" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G85" s="3" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="H85" s="3" t="s">
         <v>18</v>
       </c>
       <c r="I85" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J85" s="3" t="s">
-        <v>28</v>
+        <v>43</v>
       </c>
     </row>
     <row r="86" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A86" s="4" t="s">
         <v>240</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>241</v>
       </c>
       <c r="C86" s="3" t="s">
-        <v>160</v>
+        <v>242</v>
       </c>
       <c r="D86" s="3" t="s">
-        <v>25</v>
+        <v>243</v>
       </c>
       <c r="E86" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="F86" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G86" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="H86" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="I86" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="J86" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="87" ht="12" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A87" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="B87" s="3" t="s">
+        <v>245</v>
+      </c>
+      <c r="C87" s="3" t="s">
+        <v>242</v>
+      </c>
+      <c r="D87" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="E87" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="F87" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G87" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="H87" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="I87" s="3" t="s">
+        <v>246</v>
+      </c>
+      <c r="J87" s="3" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="88" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A88" s="4" t="s">
+        <v>248</v>
+      </c>
+      <c r="B88" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="C88" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D88" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="E88" s="3" t="s">
+        <v>250</v>
+      </c>
+      <c r="F88" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G88" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="H88" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="I88" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="J88" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="89" ht="72" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A89" s="4" t="s">
+        <v>251</v>
+      </c>
+      <c r="B89" s="3" t="s">
+        <v>252</v>
+      </c>
+      <c r="C89" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D89" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="E89" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="F89" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G89" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="H89" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="I89" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="J89" s="3" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="90" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A90" s="4" t="s">
+        <v>255</v>
+      </c>
+      <c r="B90" s="3" t="s">
+        <v>256</v>
+      </c>
+      <c r="C90" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="D90" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="E90" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="F86" s="3" t="s">
-[...126 lines deleted...]
-      </c>
       <c r="F90" s="3" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="G90" s="3" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="H90" s="3" t="s">
         <v>18</v>
       </c>
       <c r="I90" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J90" s="3" t="s">
-        <v>256</v>
+        <v>20</v>
       </c>
     </row>
     <row r="91" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A91" s="4" t="s">
         <v>257</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>258</v>
       </c>
       <c r="C91" s="3" t="s">
-        <v>58</v>
+        <v>31</v>
       </c>
       <c r="D91" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>26</v>
+        <v>95</v>
       </c>
       <c r="F91" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G91" s="3" t="s">
-        <v>55</v>
+        <v>17</v>
       </c>
       <c r="H91" s="3" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="I91" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J91" s="3" t="s">
-        <v>20</v>
+        <v>43</v>
       </c>
     </row>
     <row r="92" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A92" s="4" t="s">
         <v>259</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>260</v>
       </c>
       <c r="C92" s="3" t="s">
         <v>24</v>
       </c>
       <c r="D92" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F92" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G92" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H92" s="3" t="s">
         <v>18</v>
       </c>
       <c r="I92" s="3" t="s">
-        <v>73</v>
+        <v>85</v>
       </c>
       <c r="J92" s="3" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="93" ht="12" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A93" s="4" t="s">
         <v>29</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>261</v>
       </c>
       <c r="C93" s="3" t="s">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="D93" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F93" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G93" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H93" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I93" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J93" s="3" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="94" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A94" s="4" t="s">
         <v>262</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>263</v>
       </c>
       <c r="C94" s="3" t="s">
-        <v>46</v>
+        <v>53</v>
       </c>
       <c r="D94" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="F94" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G94" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H94" s="3" t="s">
         <v>18</v>
       </c>
       <c r="I94" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J94" s="3" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="95" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A95" s="4" t="s">
         <v>264</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>265</v>
       </c>
       <c r="C95" s="3" t="s">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="D95" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F95" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G95" s="3" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="H95" s="3" t="s">
         <v>18</v>
       </c>
       <c r="I95" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J95" s="3" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="96" ht="12" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A96" s="4" t="s">
         <v>29</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>266</v>
       </c>
       <c r="C96" s="3" t="s">
         <v>24</v>
       </c>
       <c r="D96" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F96" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G96" s="3" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="H96" s="3" t="s">
         <v>18</v>
       </c>
       <c r="I96" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J96" s="3" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="97" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A97" s="4" t="s">
         <v>267</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>268</v>
       </c>
       <c r="C97" s="3" t="s">
         <v>269</v>
       </c>
       <c r="D97" s="3" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>270</v>
+        <v>48</v>
       </c>
       <c r="F97" s="3" t="s">
-        <v>118</v>
+        <v>49</v>
       </c>
       <c r="G97" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H97" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I97" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J97" s="3" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="98" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A98" s="4" t="s">
+        <v>270</v>
+      </c>
+      <c r="B98" s="3" t="s">
         <v>271</v>
       </c>
-      <c r="B98" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C98" s="3" t="s">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="D98" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F98" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G98" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H98" s="3" t="s">
         <v>18</v>
       </c>
       <c r="I98" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J98" s="3" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="99" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A99" s="4" t="s">
+        <v>272</v>
+      </c>
+      <c r="B99" s="3" t="s">
         <v>273</v>
-      </c>
-[...1 lines deleted...]
-        <v>274</v>
       </c>
       <c r="C99" s="3" t="s">
         <v>42</v>
       </c>
       <c r="D99" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>275</v>
+        <v>274</v>
       </c>
       <c r="F99" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G99" s="3" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="H99" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I99" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J99" s="3" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="100" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A100" s="4" t="s">
+        <v>275</v>
+      </c>
+      <c r="B100" s="3" t="s">
         <v>276</v>
-      </c>
-[...1 lines deleted...]
-        <v>277</v>
       </c>
       <c r="C100" s="3" t="s">
         <v>31</v>
       </c>
       <c r="D100" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="F100" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G100" s="3" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="H100" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I100" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J100" s="3" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="101" ht="72" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A101" s="4" t="s">
+        <v>277</v>
+      </c>
+      <c r="B101" s="3" t="s">
         <v>278</v>
-      </c>
-[...1 lines deleted...]
-        <v>279</v>
       </c>
       <c r="C101" s="3" t="s">
         <v>42</v>
       </c>
       <c r="D101" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="F101" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G101" s="3" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="H101" s="3" t="s">
         <v>18</v>
       </c>
       <c r="I101" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J101" s="3" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="102" ht="12" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A102" s="4" t="s">
         <v>29</v>
       </c>
       <c r="B102" s="3" t="s">
-        <v>280</v>
+        <v>279</v>
       </c>
       <c r="C102" s="3" t="s">
-        <v>46</v>
+        <v>53</v>
       </c>
       <c r="D102" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="F102" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G102" s="3" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="H102" s="3" t="s">
         <v>18</v>
       </c>
       <c r="I102" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J102" s="3" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="103" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A103" s="4" t="s">
+        <v>280</v>
+      </c>
+      <c r="B103" s="3" t="s">
         <v>281</v>
       </c>
-      <c r="B103" s="3" t="s">
+      <c r="C103" s="3" t="s">
         <v>282</v>
       </c>
-      <c r="C103" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D103" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>255</v>
+        <v>253</v>
       </c>
       <c r="F103" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G103" s="3" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="H103" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I103" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J103" s="3" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="104" ht="48" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A104" s="4" t="s">
+        <v>283</v>
+      </c>
+      <c r="B104" s="3" t="s">
         <v>284</v>
-      </c>
-[...1 lines deleted...]
-        <v>285</v>
       </c>
       <c r="C104" s="3" t="s">
         <v>31</v>
       </c>
       <c r="D104" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="F104" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G104" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H104" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I104" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J104" s="3" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
     </row>
     <row r="105" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A105" s="4" t="s">
+        <v>285</v>
+      </c>
+      <c r="B105" s="3" t="s">
         <v>286</v>
       </c>
-      <c r="B105" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C105" s="3" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="D105" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E105" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F105" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G105" s="3" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="H105" s="3" t="s">
         <v>18</v>
       </c>
       <c r="I105" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J105" s="3" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
     </row>
     <row r="106" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A106" s="4" t="s">
+        <v>287</v>
+      </c>
+      <c r="B106" s="3" t="s">
         <v>288</v>
       </c>
-      <c r="B106" s="3" t="s">
+      <c r="C106" s="3" t="s">
+        <v>139</v>
+      </c>
+      <c r="D106" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="E106" s="3" t="s">
         <v>289</v>
       </c>
-      <c r="C106" s="3" t="s">
-[...5 lines deleted...]
-      <c r="E106" s="3" t="s">
+      <c r="F106" s="3" t="s">
         <v>290</v>
       </c>
-      <c r="F106" s="3" t="s">
+      <c r="G106" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="H106" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="I106" s="3" t="s">
         <v>291</v>
-      </c>
-[...7 lines deleted...]
-        <v>292</v>
       </c>
       <c r="J106" s="3" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="107" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A107" s="4" t="s">
+        <v>292</v>
+      </c>
+      <c r="B107" s="3" t="s">
         <v>293</v>
       </c>
-      <c r="B107" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C107" s="3" t="s">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="D107" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F107" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G107" s="3" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="H107" s="3" t="s">
         <v>18</v>
       </c>
       <c r="I107" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J107" s="3" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="108" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A108" s="4" t="s">
+        <v>294</v>
+      </c>
+      <c r="B108" s="3" t="s">
         <v>295</v>
       </c>
-      <c r="B108" s="3" t="s">
+      <c r="C108" s="3" t="s">
         <v>296</v>
       </c>
-      <c r="C108" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D108" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="F108" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G108" s="3" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="H108" s="3" t="s">
         <v>18</v>
       </c>
       <c r="I108" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J108" s="3" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="109" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A109" s="4" t="s">
+        <v>297</v>
+      </c>
+      <c r="B109" s="3" t="s">
         <v>298</v>
       </c>
-      <c r="B109" s="3" t="s">
+      <c r="C109" s="3" t="s">
         <v>299</v>
       </c>
-      <c r="C109" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D109" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>246</v>
+        <v>244</v>
       </c>
       <c r="F109" s="3" t="s">
-        <v>118</v>
+        <v>49</v>
       </c>
       <c r="G109" s="3" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="H109" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I109" s="3" t="s">
         <v>27</v>
       </c>
       <c r="J109" s="3" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="110" ht="12" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A110" s="4" t="s">
         <v>29</v>
       </c>
       <c r="B110" s="3" t="s">
-        <v>301</v>
+        <v>300</v>
       </c>
       <c r="C110" s="3" t="s">
         <v>82</v>
       </c>
       <c r="D110" s="3" t="s">
+        <v>301</v>
+      </c>
+      <c r="E110" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="F110" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G110" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="H110" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="I110" s="3" t="s">
         <v>302</v>
-      </c>
-[...13 lines deleted...]
-        <v>303</v>
       </c>
       <c r="J110" s="3" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="111" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A111" s="4" t="s">
+        <v>303</v>
+      </c>
+      <c r="B111" s="3" t="s">
         <v>304</v>
       </c>
-      <c r="B111" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C111" s="3" t="s">
-        <v>46</v>
+        <v>53</v>
       </c>
       <c r="D111" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="F111" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G111" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H111" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I111" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J111" s="3" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="112" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A112" s="4" t="s">
+        <v>305</v>
+      </c>
+      <c r="B112" s="3" t="s">
         <v>306</v>
-      </c>
-[...1 lines deleted...]
-        <v>307</v>
       </c>
       <c r="C112" s="3" t="s">
         <v>42</v>
       </c>
       <c r="D112" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>308</v>
+        <v>307</v>
       </c>
       <c r="F112" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G112" s="3" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="H112" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I112" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J112" s="3" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="113" ht="72" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A113" s="4" t="s">
+        <v>308</v>
+      </c>
+      <c r="B113" s="3" t="s">
         <v>309</v>
       </c>
-      <c r="B113" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C113" s="3" t="s">
-        <v>46</v>
+        <v>53</v>
       </c>
       <c r="D113" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>308</v>
+        <v>307</v>
       </c>
       <c r="F113" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G113" s="3" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="H113" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I113" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J113" s="3" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="114" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A114" s="4" t="s">
+        <v>310</v>
+      </c>
+      <c r="B114" s="3" t="s">
         <v>311</v>
       </c>
-      <c r="B114" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C114" s="3" t="s">
-        <v>46</v>
+        <v>53</v>
       </c>
       <c r="D114" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E114" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F114" s="3" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="G114" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H114" s="3" t="s">
         <v>18</v>
       </c>
       <c r="I114" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J114" s="3" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="115" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A115" s="4" t="s">
+        <v>312</v>
+      </c>
+      <c r="B115" s="3" t="s">
         <v>313</v>
       </c>
-      <c r="B115" s="3" t="s">
+      <c r="C115" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="D115" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="E115" s="3" t="s">
         <v>314</v>
       </c>
-      <c r="C115" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F115" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G115" s="3" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="H115" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I115" s="3" t="s">
-        <v>73</v>
+        <v>85</v>
       </c>
       <c r="J115" s="3" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="116" ht="72" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A116" s="4" t="s">
+        <v>315</v>
+      </c>
+      <c r="B116" s="3" t="s">
         <v>316</v>
       </c>
-      <c r="B116" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C116" s="3" t="s">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="D116" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E116" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F116" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G116" s="3" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="H116" s="3" t="s">
         <v>18</v>
       </c>
       <c r="I116" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J116" s="3" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="117" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A117" s="4" t="s">
+        <v>317</v>
+      </c>
+      <c r="B117" s="3" t="s">
         <v>318</v>
       </c>
-      <c r="B117" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C117" s="3" t="s">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="D117" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E117" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F117" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G117" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H117" s="3" t="s">
         <v>18</v>
       </c>
       <c r="I117" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J117" s="3" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="118" ht="12" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A118" s="4" t="s">
         <v>29</v>
       </c>
       <c r="B118" s="3" t="s">
-        <v>320</v>
+        <v>319</v>
       </c>
       <c r="C118" s="3" t="s">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="D118" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E118" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F118" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G118" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H118" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I118" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J118" s="3" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="119" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A119" s="4" t="s">
+        <v>320</v>
+      </c>
+      <c r="B119" s="3" t="s">
         <v>321</v>
       </c>
-      <c r="B119" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C119" s="3" t="s">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="D119" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E119" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F119" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G119" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H119" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I119" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J119" s="3" t="s">
-        <v>256</v>
+        <v>254</v>
       </c>
     </row>
     <row r="120" ht="72" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A120" s="4" t="s">
+        <v>322</v>
+      </c>
+      <c r="B120" s="3" t="s">
         <v>323</v>
-      </c>
-[...1 lines deleted...]
-        <v>324</v>
       </c>
       <c r="C120" s="3" t="s">
         <v>35</v>
       </c>
       <c r="D120" s="3" t="s">
         <v>36</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="F120" s="3" t="s">
         <v>15</v>
       </c>
       <c r="G120" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H120" s="3" t="s">
         <v>18</v>
       </c>
       <c r="I120" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J120" s="3" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="121" ht="12" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A121" s="4" t="s">
         <v>29</v>
       </c>
       <c r="B121" s="3" t="s">
-        <v>325</v>
+        <v>324</v>
       </c>
       <c r="C121" s="3" t="s">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="D121" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E121" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F121" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G121" s="3" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="H121" s="3" t="s">
         <v>18</v>
       </c>
       <c r="I121" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J121" s="3" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="122" ht="72" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A122" s="4" t="s">
+        <v>325</v>
+      </c>
+      <c r="B122" s="3" t="s">
         <v>326</v>
       </c>
-      <c r="B122" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C122" s="3" t="s">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="D122" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E122" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F122" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G122" s="3" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="H122" s="3" t="s">
         <v>18</v>
       </c>
       <c r="I122" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J122" s="3" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="123" ht="72" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A123" s="4" t="s">
+        <v>327</v>
+      </c>
+      <c r="B123" s="3" t="s">
         <v>328</v>
       </c>
-      <c r="B123" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C123" s="3" t="s">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="D123" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E123" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F123" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G123" s="3" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="H123" s="3" t="s">
         <v>18</v>
       </c>
       <c r="I123" s="3" t="s">
         <v>27</v>
       </c>
       <c r="J123" s="3" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
     </row>
     <row r="124" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A124" s="4" t="s">
+        <v>329</v>
+      </c>
+      <c r="B124" s="3" t="s">
         <v>330</v>
       </c>
-      <c r="B124" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C124" s="3" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="D124" s="3" t="s">
-        <v>76</v>
+        <v>47</v>
       </c>
       <c r="E124" s="3" t="s">
-        <v>246</v>
+        <v>244</v>
       </c>
       <c r="F124" s="3" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="G124" s="3" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="H124" s="3" t="s">
         <v>18</v>
       </c>
       <c r="I124" s="3" t="s">
-        <v>73</v>
+        <v>85</v>
       </c>
       <c r="J124" s="3" t="s">
         <v>40</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>