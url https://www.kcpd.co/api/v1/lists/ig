--- v1 (2026-01-31)
+++ v2 (2026-03-17)
@@ -8,51 +8,51 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr date1904="1" defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="IG Certs" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1220" uniqueCount="331">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1100" uniqueCount="305">
   <si>
     <t>Keystone Certified IG (ASTM E2190 and CGSB 12.8) Manufacturers</t>
   </si>
   <si>
     <t>Company</t>
   </si>
   <si>
     <t>IG Cert ID</t>
   </si>
   <si>
     <t>Spacer Description</t>
   </si>
   <si>
     <t>Desiccant</t>
   </si>
   <si>
     <t>Primary Seal</t>
   </si>
   <si>
     <t>Secondary Seal</t>
   </si>
   <si>
     <t>Low-E</t>
   </si>
   <si>
@@ -290,97 +290,60 @@
 2211 Auburn Rd
 Auburn Hills, MI USA 48326
 www.contourwindows.com
 248-482-2473</t>
   </si>
   <si>
     <t>IG-1276-01</t>
   </si>
   <si>
     <t xml:space="preserve">CRYSTALS VASILEIOU SA (VASGLASS)
 28th Octovriou St.
 Vasiliko, Chalkida, Greece Greece 34002
 www.vasglass.com
 30 2221052607</t>
   </si>
   <si>
     <t>IG-1120-02</t>
   </si>
   <si>
     <t>Kommerling GD 115 PIB</t>
   </si>
   <si>
     <t>Sikasil SG-500 Two Part Silicone</t>
   </si>
   <si>
-    <t>IG-1120-03</t>
-[...25 lines deleted...]
-  <si>
     <t xml:space="preserve">Custom Built Window Manufacturing, LLC
 80 Meadow Street
 Warwick, RI USA 02879
 401-738-3800</t>
   </si>
   <si>
     <t>IG-1469-01</t>
   </si>
   <si>
     <t>IG-1469-02</t>
-  </si>
-[...8 lines deleted...]
-    <t>IG-127-02</t>
   </si>
   <si>
     <t xml:space="preserve">Don's Windows &amp; Doors, Inc.
 1130 First Street NW
 Albuquerque, NM USA 87102
 www.donswindows&amp;doors.com
 505-243-1515</t>
   </si>
   <si>
     <t>IG-294-02</t>
   </si>
   <si>
     <t>Tremco EnerSeal 332</t>
   </si>
   <si>
     <t xml:space="preserve">Drutex S.A.
 Lęborska 31
 Bytów, null Poland 77-100
 48 59 822 91 01</t>
   </si>
   <si>
     <t>IG-1358-01</t>
   </si>
   <si>
     <t>SWISSPACER Ultimate</t>
@@ -404,186 +367,161 @@
     <t>Aluminum Grids, Plastic Grids</t>
   </si>
   <si>
     <t>IG-1358-03</t>
   </si>
   <si>
     <t>Cap Tubes</t>
   </si>
   <si>
     <t>IG-1358-04</t>
   </si>
   <si>
     <t>Cap Tubes, Aluminum Grids</t>
   </si>
   <si>
     <t xml:space="preserve">Duke Vinyl Windows, LLC
 304 W. 32nd Street
 Charlotte, NC USA 28206
 www.dukevinylwindowsnc.com
 980-355-0756</t>
   </si>
   <si>
     <t>IG-486-01</t>
   </si>
   <si>
-    <t xml:space="preserve">ECO Window Systems
-[...14 lines deleted...]
-  <si>
     <t xml:space="preserve">EKO-OKNA S.A.
 Spacerowa 4
 Pietrowice Wielkie, Kornice Poland 47-480
 www.ekookna.com
 48 32 459 1500</t>
   </si>
   <si>
     <t>IG-1185-01</t>
   </si>
   <si>
     <t>Nedex Zeolan K</t>
   </si>
   <si>
     <t>Emcepren 80 IG (Polyisobutylene)</t>
   </si>
   <si>
     <t>Aluminum Grids, Same as Spacer</t>
   </si>
   <si>
     <t>IG-1185-02</t>
   </si>
   <si>
+    <t xml:space="preserve">Five Star IG &amp; Grid LLC
+9754 Partner Road
+Milladore, WI USA 54454
+715-937-8950</t>
+  </si>
+  <si>
+    <t>IG-1388-01</t>
+  </si>
+  <si>
     <t xml:space="preserve">Gerkin Windows &amp; Doors
 5000 Rhino Road
 Sioux City, IA USA 51102
 www.gerkin.com
 402-494-6000</t>
   </si>
   <si>
     <t>IG-057-06</t>
   </si>
   <si>
     <t>Quanex Superspacer Premium Plus Enhanced</t>
   </si>
   <si>
     <t xml:space="preserve">Gild-n-Son Manufacturing
 328 Bellville Turnpike
 Kearny, NJ USA 07032
 www.gildnsonwindows.com
 201-991-6222</t>
   </si>
   <si>
     <t>IG-707-02</t>
   </si>
   <si>
     <t xml:space="preserve">Glass One Group, Inc. - Pavle D.O.O.
 543 Dekalb Ave, Unit 2a
 Brooklyn, NY USA 11205
 www.tehnomarket.com</t>
   </si>
   <si>
     <t>IG-1114-02</t>
   </si>
   <si>
+    <t>TGI-Spacer M w/ wire</t>
+  </si>
+  <si>
     <t>Natergy Zeolith 3A (0.5-0.9mm)</t>
   </si>
   <si>
     <t>Kommerling Naftotherm BU-S PIB</t>
+  </si>
+  <si>
+    <t>Kommerling GD 116 Polysulfide</t>
+  </si>
+  <si>
+    <t>NA</t>
   </si>
   <si>
     <t xml:space="preserve">Glass Rite
 5605 Venice Ave NE
 Albuquerque, NM USA 87113
 www.glassrite.com
 505-764-9899</t>
   </si>
   <si>
     <t>IG-030-02</t>
   </si>
   <si>
-    <t xml:space="preserve">Glassco Ltd.
-[...16 lines deleted...]
-  <si>
     <t xml:space="preserve">Glassense AS
 Laaneringtee 4
 Tartu, Tartumaa Estonia 50704
 www.baltiklaas.ee
 37 273 00220</t>
   </si>
   <si>
     <t>IG-1255-01</t>
   </si>
   <si>
     <t>Chromatech Ultra</t>
   </si>
   <si>
     <t>Dow Corning 3362 Silicone 2 Part</t>
   </si>
   <si>
     <t>IG-1255-02</t>
   </si>
   <si>
     <t>Grace Phonosorb 551 Molecular Sieve</t>
   </si>
   <si>
     <t>Kommerling GD 116NA Polysulfide</t>
-  </si>
-[...7 lines deleted...]
-    <t>IG-1329-01</t>
   </si>
   <si>
     <t xml:space="preserve">HK Windows, Inc.
 610B Pine Tree Road
 Oxford, NC USA 27565
 www.hkwindows.net
 919-544-5187</t>
   </si>
   <si>
     <t>IG-430-02</t>
   </si>
   <si>
     <t xml:space="preserve">Humphrey Products of Winnipeg, LTD
 1240 Fife Street
 Winnipeg, MB Canada R2X 2N6
 www.humphrey-products.ca
 877-290-3737
 204-633-9200</t>
   </si>
   <si>
     <t>IG-1034-01</t>
   </si>
   <si>
     <t>Fenzi Hotver Hotmelt Black</t>
   </si>
@@ -636,59 +574,62 @@
   <si>
     <t>IG-374-02</t>
   </si>
   <si>
     <t xml:space="preserve">Kasson &amp; Keller, Inc.
 60 School Lane
 Fonda, NY USA 12068
 www.ecoshieldwindows.com
 800-452-7535
 518-853-3421</t>
   </si>
   <si>
     <t>IG-376-02</t>
   </si>
   <si>
     <t>IG-376-03</t>
   </si>
   <si>
     <t>IG-376-04</t>
   </si>
   <si>
     <t>IG-376-08</t>
   </si>
   <si>
     <t xml:space="preserve">KOMPEN PVC YAPI VE İNŞ.MALZ.SAN.VE TİC.A.Ş.
-No. 1075/Z1-Z2
+Ladik Mah. Yeni Istanbul Cad. No: 1075/Z1-Z2
 Sarayönü, Konya Türkiye 42435
 +90 332 627 93 96</t>
   </si>
   <si>
     <t>IG-1569-01</t>
   </si>
   <si>
     <t>Best MOL Zeobest 3A</t>
+  </si>
+  <si>
+    <t>Tremco JS443 Two Part Polyurethane</t>
   </si>
   <si>
     <t xml:space="preserve">Lindsay Windows (CA)
 13510 Central Road
 Apple Valley, CA USA 92308
 www.lindsaywindows.com
 760-559-2111</t>
   </si>
   <si>
     <t>IG-1106-02</t>
   </si>
   <si>
     <t>Cap Tubes / Aluminum Grids</t>
   </si>
   <si>
     <t xml:space="preserve">Lindsay Windows LLC
 1995 Commerce Drive
 North Mankato, MN USA 56003
 www.lindsaywindows.com
 507-625-4278</t>
   </si>
   <si>
     <t>IG-020-02</t>
   </si>
   <si>
@@ -761,62 +702,50 @@
 515-288-7427</t>
   </si>
   <si>
     <t>IG-955-01</t>
   </si>
   <si>
     <t>IG-955-03</t>
   </si>
   <si>
     <t xml:space="preserve">Masonite - Ext Door Prods (Pittsburg)
 911 East Jefferson Street
 Pittsburg, KS USA 66762
 www.masonite.com
 620-231-8200</t>
   </si>
   <si>
     <t>IG-249-06</t>
   </si>
   <si>
     <t>HB Fuller Isomelt M Hot Melt Butyl</t>
   </si>
   <si>
     <t>IG-249-09</t>
   </si>
   <si>
-    <t>IG-249-11</t>
-[...10 lines deleted...]
-  <si>
     <t xml:space="preserve">Midway Windows and Doors
 6750 Belt Circle Drive
 Bedford Park, IL USA 60638-4703
 www.midwaywindows.com
 708-594-2600</t>
   </si>
   <si>
     <t>IG-116-01</t>
   </si>
   <si>
     <t xml:space="preserve">Muhler/All American Window Co. LLC
 1930 Hanahan Rd, Suite 1400A
 North Charleston, SC USA 29406
 www.allamericanwindowcompany.com
 843-572-9727</t>
   </si>
   <si>
     <t>IG-1098-06</t>
   </si>
   <si>
     <t xml:space="preserve">National Vinyl LLC
 7 Coburn Street
 Chicopee, MA USA 01013
 www.nvpwindows.com
 413-420-0548</t>
@@ -841,53 +770,50 @@
 705-753-3447</t>
   </si>
   <si>
     <t>IG-587-01</t>
   </si>
   <si>
     <t xml:space="preserve">Hardcoat </t>
   </si>
   <si>
     <t xml:space="preserve">Northeast Building Products Corporation
 4280 Aramingo Ave.
 Philadelphia, PA USA 19124-5007
 www.nbpwindows.com
 215-535-7110</t>
   </si>
   <si>
     <t>IG-086-02</t>
   </si>
   <si>
     <t>HBFuller Matrix HL-5157</t>
   </si>
   <si>
     <t>HB Fuller HL-5180 Hotmelt Butyl</t>
   </si>
   <si>
-    <t>IG-086-10</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Northern Window Mfg Ltd.
 109 Hardisty Street
 Thunder Bay, ON Canada P7E 1A1
 www.northernwindow.ca
 807-622-1002</t>
   </si>
   <si>
     <t>IG-1326-01</t>
   </si>
   <si>
     <t xml:space="preserve">Nuimage Windows &amp; Doors
 1291 N. Sunshine Way #A
 Anaheim, CA USA 92806
 nuimagewindowsanddoors.com
 714-628-0628</t>
   </si>
   <si>
     <t>IG-1146-01</t>
   </si>
   <si>
     <t xml:space="preserve">Okna Windows
 400 Crossings Drive
 Bristol, PA USA 19007
 www.oknawindows.com
 215-788-7000</t>
@@ -900,66 +826,69 @@
   </si>
   <si>
     <t xml:space="preserve">Oknoplast Sp.  z o.o
 Ochmanow 117
 Podleze GM, null Poland 32-003
 www.oknoplast.com.pl
 48 12 279 7171</t>
   </si>
   <si>
     <t>IG-1142-02</t>
   </si>
   <si>
     <t>Naftotherm BU-S Polyisobutylene</t>
   </si>
   <si>
     <t xml:space="preserve">Ontario Aluminum and Glass Ltd.
 4 Jenet Avenue
 Toronto, ON Canada M6H 1R4
 www.ontarioaluminum.co
 416-533-7921</t>
   </si>
   <si>
     <t>IG-1337-02</t>
   </si>
   <si>
+    <t>TGI M</t>
+  </si>
+  <si>
     <t>NAS Elegant Europe 3A Molecular Sieve</t>
   </si>
   <si>
     <t>NAS PIB-1000</t>
   </si>
   <si>
     <t>NAS PS-1000 2 Part Polysulphide</t>
   </si>
   <si>
-    <t xml:space="preserve">PROFAL
-[...5 lines deleted...]
-    <t>IG-1319-01</t>
+    <t xml:space="preserve">PROFAL LLC
+Nairi Community, 125/1 Yerevanyan
+Yeghvard, null Armenia null
++374 12 999 000</t>
+  </si>
+  <si>
+    <t>IG-1748-01</t>
   </si>
   <si>
     <t>Nedex Multimol 1.0-2.0mm</t>
   </si>
   <si>
     <t>KIN LONG CG-093 HMB</t>
   </si>
   <si>
     <t xml:space="preserve">RJT Industries
 14893 Persistence Drive
 Woodbridge, VA USA 22191
 www.RJT-Industries.com
 703-643-1510</t>
   </si>
   <si>
     <t>IG-284-03</t>
   </si>
   <si>
     <t xml:space="preserve">Rogers Windows Inc.
 500 Blue Sky Parkway
 Lexington, KY USA 40509
 www.rogerswindows.com
 859-299-1349</t>
   </si>
   <si>
@@ -1071,60 +1000,50 @@
 79 Walton Street
 Attleboro, MA USA 02703
 www.stergis.com
 508-455-0661</t>
   </si>
   <si>
     <t>IG-004-01</t>
   </si>
   <si>
     <t>IG-004-04</t>
   </si>
   <si>
     <t xml:space="preserve">Sunrise Window &amp; Door Systems, Inc.
 188 Corstate Ave.
 Vaughan, ON Canada L4K 4X2
 www.sunrisewindows.com
 416-661-2535</t>
   </si>
   <si>
     <t>IG-1089-01</t>
   </si>
   <si>
     <t>TGI Thermo-plastic / Stainless Steel</t>
   </si>
   <si>
-    <t xml:space="preserve">Taylors Window &amp; Screen
-[...8 lines deleted...]
-  <si>
     <t xml:space="preserve">Thermal Gard Building Products, Inc.
 400 Walnut Street
 Punxsutawney, PA USA 15767
 www.thermal-gard.com
 814-938-1408</t>
   </si>
   <si>
     <t>IG-1408-02</t>
   </si>
   <si>
     <t>Fenzi Hotver A+ HMB</t>
   </si>
   <si>
     <t xml:space="preserve">Thermo-Seal Vinyl Products, LLC
 20309 HWY M
 Brookfield, MO USA 64628
 www.thermoseal.net
 660-258-4747</t>
   </si>
   <si>
     <t>IG-400-01</t>
   </si>
   <si>
     <t xml:space="preserve">Thermo-Twin Industries, Inc
 1155 Allegheny Ave.
@@ -1140,50 +1059,60 @@
     <t>IG-144-05</t>
   </si>
   <si>
     <t xml:space="preserve">Thermolite, Inc
 950 North South Road
 Scranton, PA USA 18504
 www.thermoiteinc.com
 570-969-1957</t>
   </si>
   <si>
     <t>IG-155-01</t>
   </si>
   <si>
     <t>Quanex Superspacer Standard</t>
   </si>
   <si>
     <t xml:space="preserve">Tracy Corners IG LLC
 W4190 County Road E
 Bonduel, WI USA 54107
 715-745-4353</t>
   </si>
   <si>
     <t>IG-711-02</t>
   </si>
   <si>
+    <t xml:space="preserve">Tri-State Wholesale Building Supplies
+651 Evans Street
+Cincinnati, OH USA 45204
+www.tri-statewholesale.com
+513-381-1231</t>
+  </si>
+  <si>
+    <t>IG-082-03</t>
+  </si>
+  <si>
     <t xml:space="preserve">Tucker Door &amp; Trim Corp
 650 Highway 83
 Monroe, GA USA 30655
 www.tuckerdoor.com
 770-266-4600</t>
   </si>
   <si>
     <t>IG-776-02</t>
   </si>
   <si>
     <t xml:space="preserve">UAB "BODESA"
 J. Basanavičiaus g. 166
 Šiauliai, null Lithuania LT-76123
 www.bodesa.lt
 +37041509423</t>
   </si>
   <si>
     <t>IG-1457-01</t>
   </si>
   <si>
     <t>IGK 511 Butyl</t>
   </si>
   <si>
     <t>Tenaglass-PS Polysulphide 2 Part</t>
   </si>
@@ -1237,152 +1166,119 @@
   </si>
   <si>
     <t xml:space="preserve">Vinyl Kraft
 3404 Rhodes Avenue
 New Boston, OH USA 45662
 www.vinylkraft.com
 740-456-4949</t>
   </si>
   <si>
     <t>IG-107-01</t>
   </si>
   <si>
     <t xml:space="preserve">Vinyl Window Designs Ltd.
 550 Oakdale Road
 Toronto, ON Canada M3N 1W6
 www.vinyldesigns.com
 416-741-7820</t>
   </si>
   <si>
     <t>IG-1369-01</t>
   </si>
   <si>
     <t>Kommerling Kodimelt HMB</t>
   </si>
   <si>
-    <t xml:space="preserve">Vinylbilt Windows &amp; Doors 2021, Inc.
-[...9 lines deleted...]
-  <si>
     <t xml:space="preserve">Vinylume
 3745 Hendricks Road
 Youngstown, OH USA 44515
 www.vinylume.com
 330-799-2000</t>
   </si>
   <si>
     <t>IG-017-03</t>
   </si>
   <si>
     <t xml:space="preserve">Vision Building Products Limited
 625 Zenway Blvd Unit #2
 Woodbridge, ON Canada L4H 4J8
 www.visionbpl.com
 905-850-9971</t>
   </si>
   <si>
     <t>IG-062-01</t>
   </si>
   <si>
     <t>HB Fuller Kodimelt HMB</t>
-  </si>
-[...9 lines deleted...]
-    <t>IG-464-01</t>
   </si>
   <si>
     <t xml:space="preserve">Western Window, DBA Hoff Companies
 1815 Madison Ave.
 Nampa, ID USA 83687
 www.western-window.com
 208-461-4550</t>
   </si>
   <si>
     <t>IG-981-01</t>
   </si>
   <si>
     <t>IG-981-02</t>
   </si>
   <si>
     <t xml:space="preserve">Winchester Industries
 500 Leech Ave. RT 286 E
 Saltsburg, PA USA 15681
 www.winchesterwindows.net
 724-639-3551</t>
   </si>
   <si>
     <t>IG-016-01</t>
   </si>
   <si>
     <t xml:space="preserve">Window Mart
 5760 Albert Pike, PO Box 570
 Royal, AR USA 71968
 www.windowmart.com
 888-283-6278
 501-760-4730</t>
   </si>
   <si>
     <t>IG-588-08</t>
   </si>
   <si>
     <t>IG-588-09</t>
   </si>
   <si>
     <t xml:space="preserve">WinTech
 387 Sale Barn Road
 Cassville, MO USA 65625
 www.wintechinc.com
 800-365-4924
 417-235-7821</t>
   </si>
   <si>
     <t>IG-1395-01</t>
-  </si>
-[...9 lines deleted...]
-    <t>IG-872-02</t>
   </si>
   <si>
     <t xml:space="preserve">Yalodomi Mavropoulos S.A.
 1km Markopoulo-Skopeftiriou
 Markopoulo, Attiki Greece 19003
 www.yalodomi.gr
 30 210 600 3525</t>
   </si>
   <si>
     <t>IG-1119-02</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="2" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -1755,51 +1651,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:J124"/>
+  <dimension ref="A1:J112"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="1"/>
     <col min="2" max="2" width="12" customWidth="1"/>
     <col min="3" max="5" width="35" customWidth="1"/>
     <col min="6" max="6" width="20" customWidth="1"/>
     <col min="7" max="7" width="35" customWidth="1"/>
     <col min="8" max="8" width="10" customWidth="1"/>
     <col min="9" max="10" width="20" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>3</v>
@@ -2316,3405 +2212,3021 @@
       <c r="C19" s="3" t="s">
         <v>58</v>
       </c>
       <c r="D19" s="3" t="s">
         <v>47</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>77</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>78</v>
       </c>
       <c r="G19" s="3" t="s">
         <v>50</v>
       </c>
       <c r="H19" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I19" s="3" t="s">
         <v>27</v>
       </c>
       <c r="J19" s="3" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="20" ht="12" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="20" ht="48" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A20" s="4" t="s">
-        <v>29</v>
+        <v>79</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C20" s="3" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="D20" s="3" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>77</v>
+        <v>54</v>
       </c>
       <c r="F20" s="3" t="s">
-        <v>80</v>
+        <v>27</v>
       </c>
       <c r="G20" s="3" t="s">
-        <v>50</v>
+        <v>17</v>
       </c>
       <c r="H20" s="3" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="I20" s="3" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="J20" s="3" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
     </row>
     <row r="21" ht="12" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A21" s="4" t="s">
         <v>29</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C21" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="D21" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="F21" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G21" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="H21" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="I21" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="J21" s="3" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="22" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="4" t="s">
         <v>82</v>
-      </c>
-[...24 lines deleted...]
-        <v>29</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C22" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D22" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="E22" s="3" t="s">
         <v>84</v>
       </c>
-      <c r="D22" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F22" s="3" t="s">
-        <v>78</v>
+        <v>27</v>
       </c>
       <c r="G22" s="3" t="s">
-        <v>50</v>
+        <v>17</v>
       </c>
       <c r="H22" s="3" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="I22" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="J22" s="3" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="23" ht="48" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="4" t="s">
         <v>85</v>
-      </c>
-[...6 lines deleted...]
-        <v>29</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C23" s="3" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="D23" s="3" t="s">
         <v>47</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>77</v>
+        <v>88</v>
       </c>
       <c r="F23" s="3" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="G23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="H23" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I23" s="3" t="s">
-        <v>29</v>
+        <v>90</v>
       </c>
       <c r="J23" s="3" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="24" ht="48" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="24" ht="12" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A24" s="4" t="s">
-        <v>88</v>
+        <v>29</v>
       </c>
       <c r="B24" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="C24" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="D24" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="E24" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="F24" s="3" t="s">
         <v>89</v>
       </c>
-      <c r="C24" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G24" s="3" t="s">
-        <v>17</v>
+        <v>50</v>
       </c>
       <c r="H24" s="3" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="I24" s="3" t="s">
-        <v>19</v>
+        <v>93</v>
       </c>
       <c r="J24" s="3" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
     </row>
     <row r="25" ht="12" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A25" s="4" t="s">
         <v>29</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="C25" s="3" t="s">
-        <v>53</v>
+        <v>87</v>
       </c>
       <c r="D25" s="3" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>54</v>
+        <v>88</v>
       </c>
       <c r="F25" s="3" t="s">
-        <v>27</v>
+        <v>89</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>17</v>
+        <v>50</v>
       </c>
       <c r="H25" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I25" s="3" t="s">
-        <v>19</v>
-[...5 lines deleted...]
-    <row r="26" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
+        <v>95</v>
+      </c>
+      <c r="J25" s="3"/>
+    </row>
+    <row r="26" ht="12" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A26" s="4" t="s">
-        <v>91</v>
+        <v>29</v>
       </c>
       <c r="B26" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="C26" s="3" t="s">
         <v>92</v>
       </c>
-      <c r="C26" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D26" s="3" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>54</v>
+        <v>77</v>
       </c>
       <c r="F26" s="3" t="s">
-        <v>27</v>
+        <v>89</v>
       </c>
       <c r="G26" s="3" t="s">
         <v>50</v>
       </c>
       <c r="H26" s="3" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="I26" s="3" t="s">
-        <v>19</v>
+        <v>97</v>
       </c>
       <c r="J26" s="3" t="s">
-        <v>43</v>
+        <v>27</v>
       </c>
     </row>
     <row r="27" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A27" s="4" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="C27" s="3" t="s">
-        <v>31</v>
+        <v>64</v>
       </c>
       <c r="D27" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>95</v>
+        <v>26</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G27" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H27" s="3" t="s">
         <v>18</v>
       </c>
       <c r="I27" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J27" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="28" ht="48" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="28" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A28" s="4" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="C28" s="3" t="s">
-        <v>98</v>
+        <v>87</v>
       </c>
       <c r="D28" s="3" t="s">
-        <v>47</v>
+        <v>102</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="F28" s="3" t="s">
-        <v>100</v>
+        <v>49</v>
       </c>
       <c r="G28" s="3" t="s">
         <v>50</v>
       </c>
       <c r="H28" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I28" s="3" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="J28" s="3" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="29" ht="12" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A29" s="4" t="s">
         <v>29</v>
       </c>
       <c r="B29" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="C29" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="D29" s="3" t="s">
         <v>102</v>
       </c>
-      <c r="C29" s="3" t="s">
+      <c r="E29" s="3" t="s">
         <v>103</v>
       </c>
-      <c r="D29" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F29" s="3" t="s">
-        <v>100</v>
+        <v>49</v>
       </c>
       <c r="G29" s="3" t="s">
         <v>50</v>
       </c>
       <c r="H29" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I29" s="3" t="s">
-        <v>104</v>
+        <v>93</v>
       </c>
       <c r="J29" s="3" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="30" ht="12" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="30" ht="48" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A30" s="4" t="s">
-        <v>29</v>
+        <v>106</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="C30" s="3" t="s">
-        <v>98</v>
+        <v>31</v>
       </c>
       <c r="D30" s="3" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>99</v>
+        <v>84</v>
       </c>
       <c r="F30" s="3" t="s">
-        <v>100</v>
+        <v>27</v>
       </c>
       <c r="G30" s="3" t="s">
         <v>50</v>
       </c>
       <c r="H30" s="3" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="I30" s="3" t="s">
-        <v>106</v>
-[...3 lines deleted...]
-    <row r="31" ht="12" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
+        <v>19</v>
+      </c>
+      <c r="J30" s="3" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="31" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A31" s="4" t="s">
-        <v>29</v>
+        <v>108</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="C31" s="3" t="s">
-        <v>103</v>
+        <v>110</v>
       </c>
       <c r="D31" s="3" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>77</v>
+        <v>15</v>
       </c>
       <c r="F31" s="3" t="s">
-        <v>100</v>
+        <v>27</v>
       </c>
       <c r="G31" s="3" t="s">
         <v>50</v>
       </c>
       <c r="H31" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I31" s="3" t="s">
-        <v>108</v>
+        <v>19</v>
       </c>
       <c r="J31" s="3" t="s">
-        <v>27</v>
+        <v>40</v>
       </c>
     </row>
     <row r="32" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A32" s="4" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C32" s="3" t="s">
-        <v>64</v>
+        <v>31</v>
       </c>
       <c r="D32" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>26</v>
+        <v>84</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G32" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H32" s="3" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="I32" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J32" s="3" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-    <row r="33" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="33" ht="48" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A33" s="4" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="C33" s="3" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="D33" s="3" t="s">
-        <v>25</v>
+        <v>116</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>26</v>
+        <v>117</v>
       </c>
       <c r="F33" s="3" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="G33" s="3" t="s">
         <v>50</v>
       </c>
       <c r="H33" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I33" s="3" t="s">
-        <v>85</v>
+        <v>119</v>
       </c>
       <c r="J33" s="3" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="34" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A34" s="4" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="C34" s="3" t="s">
-        <v>98</v>
+        <v>42</v>
       </c>
       <c r="D34" s="3" t="s">
-        <v>117</v>
+        <v>25</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>118</v>
+        <v>54</v>
       </c>
       <c r="F34" s="3" t="s">
-        <v>49</v>
+        <v>27</v>
       </c>
       <c r="G34" s="3" t="s">
         <v>50</v>
       </c>
       <c r="H34" s="3" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="I34" s="3" t="s">
         <v>119</v>
       </c>
       <c r="J34" s="3" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-    <row r="35" ht="12" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="35" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A35" s="4" t="s">
-        <v>29</v>
+        <v>122</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="C35" s="3" t="s">
-        <v>58</v>
+        <v>124</v>
       </c>
       <c r="D35" s="3" t="s">
-        <v>117</v>
+        <v>47</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>118</v>
+        <v>77</v>
       </c>
       <c r="F35" s="3" t="s">
-        <v>49</v>
+        <v>125</v>
       </c>
       <c r="G35" s="3" t="s">
         <v>50</v>
       </c>
       <c r="H35" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I35" s="3" t="s">
-        <v>104</v>
+        <v>27</v>
       </c>
       <c r="J35" s="3" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="36" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="36" ht="12" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A36" s="4" t="s">
-        <v>121</v>
+        <v>29</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="C36" s="3" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D36" s="3" t="s">
-        <v>25</v>
+        <v>127</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>15</v>
+        <v>77</v>
       </c>
       <c r="F36" s="3" t="s">
-        <v>27</v>
+        <v>128</v>
       </c>
       <c r="G36" s="3" t="s">
         <v>50</v>
       </c>
       <c r="H36" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I36" s="3" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="J36" s="3" t="s">
-        <v>40</v>
+        <v>28</v>
       </c>
     </row>
     <row r="37" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A37" s="4" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="B37" s="3" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
       <c r="C37" s="3" t="s">
-        <v>31</v>
+        <v>64</v>
       </c>
       <c r="D37" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>95</v>
+        <v>26</v>
       </c>
       <c r="F37" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G37" s="3" t="s">
-        <v>17</v>
+        <v>50</v>
       </c>
       <c r="H37" s="3" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="I37" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J37" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="38" ht="48" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="38" ht="72" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A38" s="4" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="C38" s="3" t="s">
-        <v>82</v>
+        <v>42</v>
       </c>
       <c r="D38" s="3" t="s">
-        <v>128</v>
+        <v>25</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="F38" s="3" t="s">
-        <v>87</v>
+        <v>27</v>
       </c>
       <c r="G38" s="3" t="s">
         <v>50</v>
       </c>
       <c r="H38" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I38" s="3" t="s">
-        <v>85</v>
+        <v>19</v>
       </c>
       <c r="J38" s="3" t="s">
-        <v>28</v>
+        <v>40</v>
       </c>
     </row>
     <row r="39" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A39" s="4" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="C39" s="3" t="s">
-        <v>42</v>
+        <v>124</v>
       </c>
       <c r="D39" s="3" t="s">
-        <v>25</v>
+        <v>102</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>54</v>
+        <v>88</v>
       </c>
       <c r="F39" s="3" t="s">
-        <v>27</v>
+        <v>89</v>
       </c>
       <c r="G39" s="3" t="s">
         <v>50</v>
       </c>
       <c r="H39" s="3" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="I39" s="3" t="s">
-        <v>85</v>
+        <v>27</v>
       </c>
       <c r="J39" s="3" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-    <row r="40" ht="48" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="40" ht="12" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A40" s="4" t="s">
-        <v>132</v>
+        <v>29</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="C40" s="3" t="s">
-        <v>134</v>
+        <v>124</v>
       </c>
       <c r="D40" s="3" t="s">
-        <v>135</v>
+        <v>102</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>60</v>
+        <v>88</v>
       </c>
       <c r="F40" s="3" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="G40" s="3" t="s">
         <v>50</v>
       </c>
       <c r="H40" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I40" s="3" t="s">
         <v>27</v>
       </c>
       <c r="J40" s="3" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="41" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A41" s="4" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B41" s="3" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C41" s="3" t="s">
-        <v>139</v>
+        <v>64</v>
       </c>
       <c r="D41" s="3" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>77</v>
+        <v>26</v>
       </c>
       <c r="F41" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G41" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="H41" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="I41" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="J41" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="42" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="4" t="s">
         <v>140</v>
-      </c>
-[...15 lines deleted...]
-        <v>29</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>141</v>
       </c>
       <c r="C42" s="3" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="D42" s="3" t="s">
-        <v>142</v>
+        <v>25</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>77</v>
+        <v>26</v>
       </c>
       <c r="F42" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G42" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="H42" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="I42" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="J42" s="3" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="43" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="4" t="s">
         <v>143</v>
       </c>
-      <c r="G42" s="3" t="s">
-[...8 lines deleted...]
-      <c r="J42" s="3" t="s">
+      <c r="B43" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="C43" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="D43" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="E43" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="F43" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G43" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="H43" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="I43" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="J43" s="3" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="43" ht="48" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B43" s="3" t="s">
+    <row r="44" ht="72" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="4" t="s">
         <v>145</v>
       </c>
-      <c r="C43" s="3" t="s">
-[...25 lines deleted...]
-      <c r="A44" s="4" t="s">
+      <c r="B44" s="3" t="s">
         <v>146</v>
-      </c>
-[...1 lines deleted...]
-        <v>147</v>
       </c>
       <c r="C44" s="3" t="s">
         <v>64</v>
       </c>
       <c r="D44" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F44" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>50</v>
+        <v>17</v>
       </c>
       <c r="H44" s="3" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="I44" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J44" s="3" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="45" ht="72" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="45" ht="12" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A45" s="4" t="s">
-        <v>148</v>
+        <v>29</v>
       </c>
       <c r="B45" s="3" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="C45" s="3" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="D45" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>150</v>
+        <v>26</v>
       </c>
       <c r="F45" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>50</v>
+        <v>17</v>
       </c>
       <c r="H45" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I45" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J45" s="3" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="46" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="46" ht="12" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A46" s="4" t="s">
-        <v>151</v>
+        <v>29</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="C46" s="3" t="s">
-        <v>139</v>
+        <v>64</v>
       </c>
       <c r="D46" s="3" t="s">
-        <v>117</v>
+        <v>25</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>99</v>
+        <v>26</v>
       </c>
       <c r="F46" s="3" t="s">
-        <v>100</v>
+        <v>27</v>
       </c>
       <c r="G46" s="3" t="s">
-        <v>50</v>
+        <v>17</v>
       </c>
       <c r="H46" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I46" s="3" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="J46" s="3" t="s">
-        <v>28</v>
+        <v>40</v>
       </c>
     </row>
     <row r="47" ht="12" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A47" s="4" t="s">
         <v>29</v>
       </c>
       <c r="B47" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="C47" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="D47" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="E47" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="F47" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G47" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="H47" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="I47" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="J47" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="48" ht="48" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A48" s="4" t="s">
+        <v>150</v>
+      </c>
+      <c r="B48" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="C48" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="D48" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="E48" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="F48" s="3" t="s">
         <v>153</v>
       </c>
-      <c r="C47" s="3" t="s">
-[...42 lines deleted...]
-      </c>
       <c r="G48" s="3" t="s">
-        <v>17</v>
+        <v>50</v>
       </c>
       <c r="H48" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I48" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J48" s="3" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="49" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A49" s="4" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="B49" s="3" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="C49" s="3" t="s">
-        <v>159</v>
+        <v>13</v>
       </c>
       <c r="D49" s="3" t="s">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="F49" s="3" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="G49" s="3" t="s">
         <v>50</v>
       </c>
       <c r="H49" s="3" t="s">
         <v>18</v>
       </c>
       <c r="I49" s="3" t="s">
-        <v>19</v>
+        <v>156</v>
       </c>
       <c r="J49" s="3" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
     </row>
     <row r="50" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A50" s="4" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
       <c r="C50" s="3" t="s">
-        <v>53</v>
+        <v>42</v>
       </c>
       <c r="D50" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>54</v>
       </c>
       <c r="F50" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G50" s="3" t="s">
         <v>50</v>
       </c>
       <c r="H50" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I50" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J50" s="3" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-    <row r="51" ht="72" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="51" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A51" s="4" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="C51" s="3" t="s">
         <v>64</v>
       </c>
       <c r="D51" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F51" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G51" s="3" t="s">
-        <v>17</v>
+        <v>50</v>
       </c>
       <c r="H51" s="3" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="I51" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J51" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="52" ht="12" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="52" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A52" s="4" t="s">
-        <v>29</v>
+        <v>161</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="C52" s="3" t="s">
-        <v>24</v>
+        <v>64</v>
       </c>
       <c r="D52" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F52" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G52" s="3" t="s">
-        <v>17</v>
+        <v>50</v>
       </c>
       <c r="H52" s="3" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="I52" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J52" s="3" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="53" ht="12" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="53" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A53" s="4" t="s">
-        <v>29</v>
+        <v>163</v>
       </c>
       <c r="B53" s="3" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="C53" s="3" t="s">
-        <v>64</v>
+        <v>24</v>
       </c>
       <c r="D53" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F53" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G53" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H53" s="3" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="I53" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J53" s="3" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-    <row r="54" ht="12" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="54" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A54" s="4" t="s">
-        <v>29</v>
+        <v>165</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>166</v>
       </c>
       <c r="C54" s="3" t="s">
-        <v>24</v>
+        <v>167</v>
       </c>
       <c r="D54" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>26</v>
+        <v>168</v>
       </c>
       <c r="F54" s="3" t="s">
-        <v>27</v>
+        <v>169</v>
       </c>
       <c r="G54" s="3" t="s">
-        <v>17</v>
+        <v>50</v>
       </c>
       <c r="H54" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I54" s="3" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="J54" s="3" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-    <row r="55" ht="48" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="55" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A55" s="4" t="s">
+        <v>170</v>
+      </c>
+      <c r="B55" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="C55" s="3" t="s">
         <v>167</v>
       </c>
-      <c r="B55" s="3" t="s">
+      <c r="D55" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="E55" s="3" t="s">
         <v>168</v>
       </c>
-      <c r="C55" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F55" s="3" t="s">
-        <v>136</v>
+        <v>172</v>
       </c>
       <c r="G55" s="3" t="s">
         <v>50</v>
       </c>
       <c r="H55" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I55" s="3" t="s">
-        <v>19</v>
+        <v>90</v>
       </c>
       <c r="J55" s="3" t="s">
-        <v>40</v>
+        <v>28</v>
       </c>
     </row>
     <row r="56" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A56" s="4" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="C56" s="3" t="s">
-        <v>13</v>
+        <v>167</v>
       </c>
       <c r="D56" s="3" t="s">
-        <v>14</v>
+        <v>25</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>15</v>
+        <v>168</v>
       </c>
       <c r="F56" s="3" t="s">
-        <v>15</v>
+        <v>169</v>
       </c>
       <c r="G56" s="3" t="s">
         <v>50</v>
       </c>
       <c r="H56" s="3" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="I56" s="3" t="s">
-        <v>172</v>
+        <v>27</v>
       </c>
       <c r="J56" s="3" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="57" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="57" ht="12" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A57" s="4" t="s">
-        <v>173</v>
+        <v>29</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C57" s="3" t="s">
-        <v>42</v>
+        <v>167</v>
       </c>
       <c r="D57" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>54</v>
+        <v>168</v>
       </c>
       <c r="F57" s="3" t="s">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="G57" s="3" t="s">
         <v>50</v>
       </c>
       <c r="H57" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I57" s="3" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="J57" s="3" t="s">
-        <v>40</v>
+        <v>28</v>
       </c>
     </row>
     <row r="58" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A58" s="4" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C58" s="3" t="s">
-        <v>64</v>
+        <v>42</v>
       </c>
       <c r="D58" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>26</v>
+        <v>178</v>
       </c>
       <c r="F58" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G58" s="3" t="s">
         <v>50</v>
       </c>
       <c r="H58" s="3" t="s">
         <v>18</v>
       </c>
       <c r="I58" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J58" s="3" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-    <row r="59" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="59" ht="12" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A59" s="4" t="s">
-        <v>177</v>
+        <v>29</v>
       </c>
       <c r="B59" s="3" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C59" s="3" t="s">
         <v>64</v>
       </c>
       <c r="D59" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F59" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G59" s="3" t="s">
         <v>50</v>
       </c>
       <c r="H59" s="3" t="s">
         <v>18</v>
       </c>
       <c r="I59" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J59" s="3" t="s">
-        <v>40</v>
+        <v>27</v>
       </c>
     </row>
     <row r="60" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A60" s="4" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C60" s="3" t="s">
-        <v>24</v>
+        <v>64</v>
       </c>
       <c r="D60" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F60" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G60" s="3" t="s">
-        <v>17</v>
+        <v>50</v>
       </c>
       <c r="H60" s="3" t="s">
         <v>18</v>
       </c>
       <c r="I60" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J60" s="3" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
     </row>
     <row r="61" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A61" s="4" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B61" s="3" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C61" s="3" t="s">
-        <v>183</v>
+        <v>64</v>
       </c>
       <c r="D61" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>184</v>
+        <v>26</v>
       </c>
       <c r="F61" s="3" t="s">
-        <v>185</v>
+        <v>27</v>
       </c>
       <c r="G61" s="3" t="s">
         <v>50</v>
       </c>
       <c r="H61" s="3" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="I61" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J61" s="3" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
     </row>
     <row r="62" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A62" s="4" t="s">
+        <v>184</v>
+      </c>
+      <c r="B62" s="3" t="s">
+        <v>185</v>
+      </c>
+      <c r="C62" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="D62" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="E62" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="F62" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G62" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="H62" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="I62" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="J62" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="63" ht="12" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A63" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="B63" s="3" t="s">
         <v>186</v>
       </c>
-      <c r="B62" s="3" t="s">
-[...33 lines deleted...]
-      </c>
       <c r="C63" s="3" t="s">
-        <v>183</v>
+        <v>53</v>
       </c>
       <c r="D63" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>184</v>
+        <v>54</v>
       </c>
       <c r="F63" s="3" t="s">
-        <v>185</v>
+        <v>27</v>
       </c>
       <c r="G63" s="3" t="s">
-        <v>50</v>
+        <v>17</v>
       </c>
       <c r="H63" s="3" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="I63" s="3" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="J63" s="3" t="s">
-        <v>28</v>
+        <v>40</v>
       </c>
     </row>
     <row r="64" ht="12" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A64" s="4" t="s">
         <v>29</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>191</v>
+        <v>187</v>
       </c>
       <c r="C64" s="3" t="s">
-        <v>183</v>
+        <v>42</v>
       </c>
       <c r="D64" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>184</v>
+        <v>54</v>
       </c>
       <c r="F64" s="3" t="s">
-        <v>61</v>
+        <v>27</v>
       </c>
       <c r="G64" s="3" t="s">
         <v>50</v>
       </c>
       <c r="H64" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I64" s="3" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="J64" s="3" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-    <row r="65" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="65" ht="12" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A65" s="4" t="s">
-        <v>192</v>
+        <v>29</v>
       </c>
       <c r="B65" s="3" t="s">
-        <v>193</v>
+        <v>188</v>
       </c>
       <c r="C65" s="3" t="s">
         <v>42</v>
       </c>
       <c r="D65" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E65" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="F65" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G65" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="H65" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="I65" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="J65" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="66" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A66" s="4" t="s">
+        <v>189</v>
+      </c>
+      <c r="B66" s="3" t="s">
+        <v>190</v>
+      </c>
+      <c r="C66" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D66" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="E66" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="F66" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G66" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="H66" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="I66" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="J66" s="3" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="67" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A67" s="4" t="s">
+        <v>192</v>
+      </c>
+      <c r="B67" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="C67" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D67" s="3" t="s">
         <v>194</v>
       </c>
-      <c r="F65" s="3" t="s">
-[...19 lines deleted...]
-      <c r="B66" s="3" t="s">
+      <c r="E67" s="3" t="s">
         <v>195</v>
       </c>
-      <c r="C66" s="3" t="s">
-[...39 lines deleted...]
-      </c>
       <c r="F67" s="3" t="s">
-        <v>198</v>
+        <v>27</v>
       </c>
       <c r="G67" s="3" t="s">
         <v>50</v>
       </c>
       <c r="H67" s="3" t="s">
         <v>18</v>
       </c>
       <c r="I67" s="3" t="s">
-        <v>199</v>
+        <v>19</v>
       </c>
       <c r="J67" s="3" t="s">
-        <v>28</v>
+        <v>40</v>
       </c>
     </row>
     <row r="68" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A68" s="4" t="s">
-        <v>200</v>
+        <v>196</v>
       </c>
       <c r="B68" s="3" t="s">
-        <v>201</v>
+        <v>197</v>
       </c>
       <c r="C68" s="3" t="s">
         <v>64</v>
       </c>
       <c r="D68" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F68" s="3" t="s">
-        <v>27</v>
+        <v>49</v>
       </c>
       <c r="G68" s="3" t="s">
-        <v>50</v>
+        <v>68</v>
       </c>
       <c r="H68" s="3" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="I68" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J68" s="3" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="69" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A69" s="4" t="s">
-        <v>202</v>
+        <v>198</v>
       </c>
       <c r="B69" s="3" t="s">
-        <v>203</v>
+        <v>199</v>
       </c>
       <c r="C69" s="3" t="s">
-        <v>64</v>
+        <v>24</v>
       </c>
       <c r="D69" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F69" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G69" s="3" t="s">
         <v>50</v>
       </c>
       <c r="H69" s="3" t="s">
         <v>18</v>
       </c>
       <c r="I69" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J69" s="3" t="s">
-        <v>20</v>
+        <v>40</v>
       </c>
     </row>
     <row r="70" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A70" s="4" t="s">
-        <v>204</v>
+        <v>200</v>
       </c>
       <c r="B70" s="3" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="C70" s="3" t="s">
-        <v>53</v>
+        <v>64</v>
       </c>
       <c r="D70" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>54</v>
+        <v>26</v>
       </c>
       <c r="F70" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G70" s="3" t="s">
-        <v>50</v>
+        <v>17</v>
       </c>
       <c r="H70" s="3" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="I70" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J70" s="3" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="71" ht="12" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A71" s="4" t="s">
         <v>29</v>
       </c>
       <c r="B71" s="3" t="s">
-        <v>206</v>
+        <v>202</v>
       </c>
       <c r="C71" s="3" t="s">
-        <v>53</v>
+        <v>64</v>
       </c>
       <c r="D71" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>54</v>
+        <v>26</v>
       </c>
       <c r="F71" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G71" s="3" t="s">
-        <v>17</v>
+        <v>50</v>
       </c>
       <c r="H71" s="3" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="I71" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J71" s="3" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="72" ht="12" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="72" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A72" s="4" t="s">
-        <v>29</v>
+        <v>203</v>
       </c>
       <c r="B72" s="3" t="s">
+        <v>204</v>
+      </c>
+      <c r="C72" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="D72" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="E72" s="3" t="s">
+        <v>205</v>
+      </c>
+      <c r="F72" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G72" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="H72" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="I72" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="J72" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="73" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A73" s="4" t="s">
+        <v>206</v>
+      </c>
+      <c r="B73" s="3" t="s">
         <v>207</v>
       </c>
-      <c r="C72" s="3" t="s">
-[...20 lines deleted...]
-      <c r="J72" s="3" t="s">
+      <c r="C73" s="3" t="s">
+        <v>208</v>
+      </c>
+      <c r="D73" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="E73" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="F73" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="G73" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="H73" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="I73" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="J73" s="3" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="74" ht="48" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A74" s="4" t="s">
+        <v>212</v>
+      </c>
+      <c r="B74" s="3" t="s">
+        <v>213</v>
+      </c>
+      <c r="C74" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="D74" s="3" t="s">
+        <v>214</v>
+      </c>
+      <c r="E74" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="F74" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G74" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="H74" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="I74" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="J74" s="3" t="s">
         <v>40</v>
-      </c>
-[...62 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="75" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A75" s="4" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="B75" s="3" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C75" s="3" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="D75" s="3" t="s">
-        <v>214</v>
+        <v>25</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>215</v>
+        <v>32</v>
       </c>
       <c r="F75" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G75" s="3" t="s">
         <v>50</v>
       </c>
       <c r="H75" s="3" t="s">
         <v>18</v>
       </c>
       <c r="I75" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J75" s="3" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-    <row r="76" ht="12" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="76" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A76" s="4" t="s">
-        <v>29</v>
+        <v>218</v>
       </c>
       <c r="B76" s="3" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="C76" s="3" t="s">
-        <v>35</v>
+        <v>142</v>
       </c>
       <c r="D76" s="3" t="s">
-        <v>214</v>
+        <v>25</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>215</v>
+        <v>26</v>
       </c>
       <c r="F76" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G76" s="3" t="s">
         <v>50</v>
       </c>
       <c r="H76" s="3" t="s">
         <v>18</v>
       </c>
       <c r="I76" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J76" s="3" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
     </row>
     <row r="77" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A77" s="4" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="B77" s="3" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="C77" s="3" t="s">
-        <v>64</v>
+        <v>222</v>
       </c>
       <c r="D77" s="3" t="s">
-        <v>25</v>
+        <v>223</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>26</v>
+        <v>224</v>
       </c>
       <c r="F77" s="3" t="s">
         <v>49</v>
       </c>
       <c r="G77" s="3" t="s">
-        <v>68</v>
+        <v>50</v>
       </c>
       <c r="H77" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I77" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J77" s="3" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-    <row r="78" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="78" ht="12" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A78" s="4" t="s">
-        <v>219</v>
+        <v>29</v>
       </c>
       <c r="B78" s="3" t="s">
-        <v>220</v>
+        <v>225</v>
       </c>
       <c r="C78" s="3" t="s">
-        <v>24</v>
+        <v>222</v>
       </c>
       <c r="D78" s="3" t="s">
-        <v>25</v>
+        <v>223</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>26</v>
+        <v>224</v>
       </c>
       <c r="F78" s="3" t="s">
-        <v>27</v>
+        <v>49</v>
       </c>
       <c r="G78" s="3" t="s">
         <v>50</v>
       </c>
       <c r="H78" s="3" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="I78" s="3" t="s">
-        <v>19</v>
+        <v>226</v>
       </c>
       <c r="J78" s="3" t="s">
-        <v>40</v>
+        <v>227</v>
       </c>
     </row>
     <row r="79" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A79" s="4" t="s">
-        <v>221</v>
+        <v>228</v>
       </c>
       <c r="B79" s="3" t="s">
-        <v>222</v>
+        <v>229</v>
       </c>
       <c r="C79" s="3" t="s">
-        <v>64</v>
+        <v>31</v>
       </c>
       <c r="D79" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>26</v>
+        <v>230</v>
       </c>
       <c r="F79" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G79" s="3" t="s">
-        <v>17</v>
+        <v>50</v>
       </c>
       <c r="H79" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I79" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J79" s="3" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="80" ht="12" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="80" ht="72" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A80" s="4" t="s">
-        <v>29</v>
+        <v>231</v>
       </c>
       <c r="B80" s="3" t="s">
-        <v>223</v>
+        <v>232</v>
       </c>
       <c r="C80" s="3" t="s">
-        <v>64</v>
+        <v>13</v>
       </c>
       <c r="D80" s="3" t="s">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>26</v>
+        <v>233</v>
       </c>
       <c r="F80" s="3" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="G80" s="3" t="s">
         <v>50</v>
       </c>
       <c r="H80" s="3" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="I80" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J80" s="3" t="s">
-        <v>40</v>
+        <v>234</v>
       </c>
     </row>
     <row r="81" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A81" s="4" t="s">
-        <v>224</v>
+        <v>235</v>
       </c>
       <c r="B81" s="3" t="s">
-        <v>225</v>
+        <v>236</v>
       </c>
       <c r="C81" s="3" t="s">
-        <v>82</v>
+        <v>64</v>
       </c>
       <c r="D81" s="3" t="s">
-        <v>142</v>
+        <v>25</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>226</v>
+        <v>26</v>
       </c>
       <c r="F81" s="3" t="s">
-        <v>49</v>
+        <v>27</v>
       </c>
       <c r="G81" s="3" t="s">
         <v>50</v>
       </c>
       <c r="H81" s="3" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="I81" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J81" s="3" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
     </row>
     <row r="82" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A82" s="4" t="s">
-        <v>227</v>
+        <v>237</v>
       </c>
       <c r="B82" s="3" t="s">
-        <v>228</v>
+        <v>238</v>
       </c>
       <c r="C82" s="3" t="s">
-        <v>134</v>
+        <v>31</v>
       </c>
       <c r="D82" s="3" t="s">
-        <v>229</v>
+        <v>25</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>230</v>
+        <v>84</v>
       </c>
       <c r="F82" s="3" t="s">
-        <v>231</v>
+        <v>27</v>
       </c>
       <c r="G82" s="3" t="s">
-        <v>68</v>
+        <v>17</v>
       </c>
       <c r="H82" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I82" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J82" s="3" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="83" ht="48" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="83" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A83" s="4" t="s">
-        <v>232</v>
+        <v>239</v>
       </c>
       <c r="B83" s="3" t="s">
-        <v>233</v>
+        <v>240</v>
       </c>
       <c r="C83" s="3" t="s">
-        <v>58</v>
+        <v>24</v>
       </c>
       <c r="D83" s="3" t="s">
-        <v>234</v>
+        <v>25</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>235</v>
+        <v>26</v>
       </c>
       <c r="F83" s="3" t="s">
-        <v>49</v>
+        <v>27</v>
       </c>
       <c r="G83" s="3" t="s">
-        <v>50</v>
+        <v>17</v>
       </c>
       <c r="H83" s="3" t="s">
         <v>18</v>
       </c>
       <c r="I83" s="3" t="s">
-        <v>27</v>
+        <v>119</v>
       </c>
       <c r="J83" s="3" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-    <row r="84" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="84" ht="12" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A84" s="4" t="s">
-        <v>236</v>
+        <v>29</v>
       </c>
       <c r="B84" s="3" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
       <c r="C84" s="3" t="s">
-        <v>31</v>
+        <v>64</v>
       </c>
       <c r="D84" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="F84" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G84" s="3" t="s">
-        <v>50</v>
+        <v>17</v>
       </c>
       <c r="H84" s="3" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="I84" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J84" s="3" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
     </row>
     <row r="85" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A85" s="4" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="B85" s="3" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="C85" s="3" t="s">
-        <v>159</v>
+        <v>53</v>
       </c>
       <c r="D85" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>26</v>
+        <v>54</v>
       </c>
       <c r="F85" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G85" s="3" t="s">
-        <v>50</v>
+        <v>17</v>
       </c>
       <c r="H85" s="3" t="s">
         <v>18</v>
       </c>
       <c r="I85" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J85" s="3" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
     </row>
     <row r="86" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A86" s="4" t="s">
-        <v>240</v>
+        <v>244</v>
       </c>
       <c r="B86" s="3" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="C86" s="3" t="s">
-        <v>242</v>
+        <v>64</v>
       </c>
       <c r="D86" s="3" t="s">
-        <v>243</v>
+        <v>25</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>244</v>
+        <v>26</v>
       </c>
       <c r="F86" s="3" t="s">
-        <v>49</v>
+        <v>27</v>
       </c>
       <c r="G86" s="3" t="s">
         <v>50</v>
       </c>
       <c r="H86" s="3" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="I86" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J86" s="3" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
     </row>
     <row r="87" ht="12" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A87" s="4" t="s">
         <v>29</v>
       </c>
       <c r="B87" s="3" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="C87" s="3" t="s">
-        <v>242</v>
+        <v>24</v>
       </c>
       <c r="D87" s="3" t="s">
-        <v>243</v>
+        <v>25</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>244</v>
+        <v>26</v>
       </c>
       <c r="F87" s="3" t="s">
-        <v>49</v>
+        <v>27</v>
       </c>
       <c r="G87" s="3" t="s">
         <v>50</v>
       </c>
       <c r="H87" s="3" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="I87" s="3" t="s">
-        <v>246</v>
+        <v>19</v>
       </c>
       <c r="J87" s="3" t="s">
-        <v>247</v>
+        <v>40</v>
       </c>
     </row>
     <row r="88" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A88" s="4" t="s">
+        <v>247</v>
+      </c>
+      <c r="B88" s="3" t="s">
         <v>248</v>
       </c>
-      <c r="B88" s="3" t="s">
+      <c r="C88" s="3" t="s">
         <v>249</v>
       </c>
-      <c r="C88" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D88" s="3" t="s">
-        <v>25</v>
+        <v>102</v>
       </c>
       <c r="E88" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="F88" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="G88" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="H88" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="I88" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="J88" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="89" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A89" s="4" t="s">
         <v>250</v>
       </c>
-      <c r="F88" s="3" t="s">
-[...11 lines deleted...]
-      <c r="J88" s="3" t="s">
+      <c r="B89" s="3" t="s">
+        <v>251</v>
+      </c>
+      <c r="C89" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="D89" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="E89" s="3" t="s">
+        <v>252</v>
+      </c>
+      <c r="F89" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G89" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="H89" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="I89" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="J89" s="3" t="s">
         <v>40</v>
-      </c>
-[...30 lines deleted...]
-        <v>254</v>
       </c>
     </row>
     <row r="90" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A90" s="4" t="s">
+        <v>253</v>
+      </c>
+      <c r="B90" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="C90" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D90" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="E90" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="F90" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G90" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="H90" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="I90" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="J90" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="91" ht="72" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A91" s="4" t="s">
         <v>255</v>
       </c>
-      <c r="B90" s="3" t="s">
+      <c r="B91" s="3" t="s">
         <v>256</v>
       </c>
-      <c r="C90" s="3" t="s">
-[...14 lines deleted...]
-      <c r="H90" s="3" t="s">
+      <c r="C91" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="D91" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="E91" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="F91" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G91" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="H91" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="I90" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A91" s="4" t="s">
+      <c r="I91" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="J91" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="92" ht="12" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A92" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="B92" s="3" t="s">
         <v>257</v>
       </c>
-      <c r="B91" s="3" t="s">
-[...33 lines deleted...]
-      </c>
       <c r="C92" s="3" t="s">
-        <v>24</v>
+        <v>53</v>
       </c>
       <c r="D92" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>26</v>
+        <v>54</v>
       </c>
       <c r="F92" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G92" s="3" t="s">
-        <v>17</v>
+        <v>50</v>
       </c>
       <c r="H92" s="3" t="s">
         <v>18</v>
       </c>
       <c r="I92" s="3" t="s">
-        <v>85</v>
+        <v>19</v>
       </c>
       <c r="J92" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="93" ht="12" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="93" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A93" s="4" t="s">
-        <v>29</v>
+        <v>258</v>
       </c>
       <c r="B93" s="3" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="C93" s="3" t="s">
-        <v>64</v>
+        <v>260</v>
       </c>
       <c r="D93" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>26</v>
+        <v>233</v>
       </c>
       <c r="F93" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G93" s="3" t="s">
-        <v>17</v>
+        <v>50</v>
       </c>
       <c r="H93" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I93" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J93" s="3" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="94" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="94" ht="48" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A94" s="4" t="s">
+        <v>261</v>
+      </c>
+      <c r="B94" s="3" t="s">
         <v>262</v>
       </c>
-      <c r="B94" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C94" s="3" t="s">
-        <v>53</v>
+        <v>31</v>
       </c>
       <c r="D94" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>54</v>
+        <v>84</v>
       </c>
       <c r="F94" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G94" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H94" s="3" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="I94" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J94" s="3" t="s">
-        <v>20</v>
+        <v>71</v>
       </c>
     </row>
     <row r="95" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A95" s="4" t="s">
+        <v>263</v>
+      </c>
+      <c r="B95" s="3" t="s">
         <v>264</v>
-      </c>
-[...1 lines deleted...]
-        <v>265</v>
       </c>
       <c r="C95" s="3" t="s">
         <v>64</v>
       </c>
       <c r="D95" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F95" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G95" s="3" t="s">
         <v>50</v>
       </c>
       <c r="H95" s="3" t="s">
         <v>18</v>
       </c>
       <c r="I95" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J95" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="96" ht="12" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="96" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A96" s="4" t="s">
-        <v>29</v>
+        <v>265</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>266</v>
       </c>
       <c r="C96" s="3" t="s">
-        <v>24</v>
+        <v>142</v>
       </c>
       <c r="D96" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F96" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G96" s="3" t="s">
         <v>50</v>
       </c>
       <c r="H96" s="3" t="s">
         <v>18</v>
       </c>
       <c r="I96" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J96" s="3" t="s">
-        <v>40</v>
+        <v>71</v>
       </c>
     </row>
     <row r="97" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A97" s="4" t="s">
         <v>267</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>268</v>
       </c>
       <c r="C97" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="D97" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="E97" s="3" t="s">
         <v>269</v>
       </c>
-      <c r="D97" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F97" s="3" t="s">
-        <v>49</v>
+        <v>270</v>
       </c>
       <c r="G97" s="3" t="s">
-        <v>17</v>
+        <v>50</v>
       </c>
       <c r="H97" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I97" s="3" t="s">
-        <v>19</v>
+        <v>271</v>
       </c>
       <c r="J97" s="3" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="98" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A98" s="4" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="B98" s="3" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="C98" s="3" t="s">
         <v>64</v>
       </c>
       <c r="D98" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F98" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G98" s="3" t="s">
-        <v>17</v>
+        <v>50</v>
       </c>
       <c r="H98" s="3" t="s">
         <v>18</v>
       </c>
       <c r="I98" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J98" s="3" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
     </row>
     <row r="99" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A99" s="4" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="B99" s="3" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="C99" s="3" t="s">
-        <v>42</v>
+        <v>276</v>
       </c>
       <c r="D99" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>274</v>
+        <v>252</v>
       </c>
       <c r="F99" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G99" s="3" t="s">
         <v>50</v>
       </c>
       <c r="H99" s="3" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="I99" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J99" s="3" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
     </row>
     <row r="100" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A100" s="4" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="B100" s="3" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="C100" s="3" t="s">
-        <v>31</v>
+        <v>279</v>
       </c>
       <c r="D100" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>95</v>
+        <v>224</v>
       </c>
       <c r="F100" s="3" t="s">
-        <v>27</v>
+        <v>49</v>
       </c>
       <c r="G100" s="3" t="s">
         <v>50</v>
       </c>
       <c r="H100" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I100" s="3" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="J100" s="3" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-    <row r="101" ht="72" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="101" ht="12" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A101" s="4" t="s">
-        <v>277</v>
+        <v>29</v>
       </c>
       <c r="B101" s="3" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="C101" s="3" t="s">
-        <v>42</v>
+        <v>115</v>
       </c>
       <c r="D101" s="3" t="s">
-        <v>25</v>
+        <v>281</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="F101" s="3" t="s">
-        <v>27</v>
+        <v>49</v>
       </c>
       <c r="G101" s="3" t="s">
         <v>50</v>
       </c>
       <c r="H101" s="3" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="I101" s="3" t="s">
-        <v>19</v>
+        <v>282</v>
       </c>
       <c r="J101" s="3" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="102" ht="12" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="102" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A102" s="4" t="s">
-        <v>29</v>
+        <v>283</v>
       </c>
       <c r="B102" s="3" t="s">
-        <v>279</v>
+        <v>284</v>
       </c>
       <c r="C102" s="3" t="s">
         <v>53</v>
       </c>
       <c r="D102" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>54</v>
       </c>
       <c r="F102" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G102" s="3" t="s">
-        <v>50</v>
+        <v>17</v>
       </c>
       <c r="H102" s="3" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="I102" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J102" s="3" t="s">
-        <v>28</v>
+        <v>40</v>
       </c>
     </row>
     <row r="103" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A103" s="4" t="s">
-        <v>280</v>
+        <v>285</v>
       </c>
       <c r="B103" s="3" t="s">
-        <v>281</v>
+        <v>286</v>
       </c>
       <c r="C103" s="3" t="s">
-        <v>282</v>
+        <v>42</v>
       </c>
       <c r="D103" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>253</v>
+        <v>287</v>
       </c>
       <c r="F103" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G103" s="3" t="s">
         <v>50</v>
       </c>
       <c r="H103" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I103" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J103" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="104" ht="48" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="104" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A104" s="4" t="s">
-        <v>283</v>
+        <v>288</v>
       </c>
       <c r="B104" s="3" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
       <c r="C104" s="3" t="s">
-        <v>31</v>
+        <v>53</v>
       </c>
       <c r="D104" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>95</v>
+        <v>27</v>
       </c>
       <c r="F104" s="3" t="s">
-        <v>27</v>
+        <v>54</v>
       </c>
       <c r="G104" s="3" t="s">
         <v>17</v>
       </c>
       <c r="H104" s="3" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="I104" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J104" s="3" t="s">
-        <v>71</v>
+        <v>40</v>
       </c>
     </row>
     <row r="105" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A105" s="4" t="s">
-        <v>285</v>
+        <v>290</v>
       </c>
       <c r="B105" s="3" t="s">
-        <v>286</v>
+        <v>291</v>
       </c>
       <c r="C105" s="3" t="s">
-        <v>159</v>
+        <v>53</v>
       </c>
       <c r="D105" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>26</v>
+        <v>292</v>
       </c>
       <c r="F105" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G105" s="3" t="s">
         <v>50</v>
       </c>
       <c r="H105" s="3" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="I105" s="3" t="s">
-        <v>19</v>
+        <v>119</v>
       </c>
       <c r="J105" s="3" t="s">
-        <v>71</v>
+        <v>28</v>
       </c>
     </row>
     <row r="106" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A106" s="4" t="s">
-        <v>287</v>
+        <v>293</v>
       </c>
       <c r="B106" s="3" t="s">
-        <v>288</v>
+        <v>294</v>
       </c>
       <c r="C106" s="3" t="s">
-        <v>139</v>
+        <v>64</v>
       </c>
       <c r="D106" s="3" t="s">
-        <v>117</v>
+        <v>25</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>289</v>
+        <v>26</v>
       </c>
       <c r="F106" s="3" t="s">
-        <v>290</v>
+        <v>27</v>
       </c>
       <c r="G106" s="3" t="s">
-        <v>50</v>
+        <v>17</v>
       </c>
       <c r="H106" s="3" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="I106" s="3" t="s">
-        <v>291</v>
+        <v>19</v>
       </c>
       <c r="J106" s="3" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-    <row r="107" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="107" ht="12" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A107" s="4" t="s">
-        <v>292</v>
+        <v>29</v>
       </c>
       <c r="B107" s="3" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="C107" s="3" t="s">
         <v>64</v>
       </c>
       <c r="D107" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F107" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G107" s="3" t="s">
-        <v>50</v>
+        <v>17</v>
       </c>
       <c r="H107" s="3" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="I107" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J107" s="3" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="108" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A108" s="4" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="B108" s="3" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="C108" s="3" t="s">
-        <v>296</v>
+        <v>64</v>
       </c>
       <c r="D108" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>54</v>
+        <v>26</v>
       </c>
       <c r="F108" s="3" t="s">
         <v>27</v>
       </c>
       <c r="G108" s="3" t="s">
-        <v>50</v>
+        <v>17</v>
       </c>
       <c r="H108" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="I108" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="J108" s="3" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="109" ht="72" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A109" s="4" t="s">
+        <v>298</v>
+      </c>
+      <c r="B109" s="3" t="s">
+        <v>299</v>
+      </c>
+      <c r="C109" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="D109" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="E109" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="F109" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G109" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="H109" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="I108" s="3" t="s">
-[...30 lines deleted...]
-      </c>
       <c r="I109" s="3" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="J109" s="3" t="s">
-        <v>28</v>
+        <v>40</v>
       </c>
     </row>
     <row r="110" ht="12" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A110" s="4" t="s">
         <v>29</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>300</v>
       </c>
       <c r="C110" s="3" t="s">
-        <v>82</v>
+        <v>64</v>
       </c>
       <c r="D110" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="E110" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="F110" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G110" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="H110" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="I110" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="J110" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="111" ht="72" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A111" s="4" t="s">
         <v>301</v>
       </c>
-      <c r="E110" s="3" t="s">
-[...11 lines deleted...]
-      <c r="I110" s="3" t="s">
+      <c r="B111" s="3" t="s">
         <v>302</v>
       </c>
-      <c r="J110" s="3" t="s">
+      <c r="C111" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="D111" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="E111" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="F111" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G111" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="H111" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="I111" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="J111" s="3" t="s">
         <v>28</v>
-      </c>
-[...30 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="112" ht="60" customHeight="1" spans="1:10" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A112" s="4" t="s">
-        <v>305</v>
+        <v>303</v>
       </c>
       <c r="B112" s="3" t="s">
-        <v>306</v>
+        <v>304</v>
       </c>
       <c r="C112" s="3" t="s">
-        <v>42</v>
+        <v>58</v>
       </c>
       <c r="D112" s="3" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>307</v>
+        <v>224</v>
       </c>
       <c r="F112" s="3" t="s">
-        <v>27</v>
+        <v>118</v>
       </c>
       <c r="G112" s="3" t="s">
         <v>50</v>
       </c>
       <c r="H112" s="3" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="I112" s="3" t="s">
-        <v>19</v>
+        <v>119</v>
       </c>
       <c r="J112" s="3" t="s">
-        <v>28</v>
-[...382 lines deleted...]
-      <c r="J124" s="3" t="s">
         <v>40</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>